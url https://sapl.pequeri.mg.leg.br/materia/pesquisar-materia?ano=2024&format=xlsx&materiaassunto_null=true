--- v0 (2026-01-22)
+++ v1 (2026-03-22)
@@ -10,594 +10,630 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="343" uniqueCount="165">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="367" uniqueCount="177">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>PLO</t>
-[...2 lines deleted...]
-    <t>Projeto de Lei Ordinária</t>
+    <t>PLOL</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária - Legislativo</t>
   </si>
   <si>
     <t>Vicente dos Reis Vieira Lobo</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/268/projeto_de_lei_n01_vicente_-_institui_como_cidade_irmas_os_municipios_de_pequeri_e_maripa_de_minas_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/268/projeto_de_lei_n01_vicente_-_institui_como_cidade_irmas_os_municipios_de_pequeri_e_maripa_de_minas_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>INSTITUI COMO CIDADE IRMAS OS MUNICÍPIOS DE PEQUERI E MARIPÁ DE MINAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/269/projeto_de_lei_n02_vicente_-_institui_como_cidade_irmas_os_municipios_de_pequeri_e_tabuleiro_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/269/projeto_de_lei_n02_vicente_-_institui_como_cidade_irmas_os_municipios_de_pequeri_e_tabuleiro_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>INSTITUI COMO CIDADE IRMĀS OS MUNICÍPIOS DE PEQUERI E TABULEIRO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Adriana Martins Arruda</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Denomina-se o espaço público inominado de "Travessa Dimas Monteiro de Oliveira e dá outras providências.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/271/projeto_de_lei_n04_adriana_declara_patrimonio_cultural_de_natureza_imaterial_do_municipio_de_pequeri_o__desfile_civico_e_cultural_em_homenagem_a_independencia_do_brasil__e_da_outras_providencias.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/271/projeto_de_lei_n04_adriana_declara_patrimonio_cultural_de_natureza_imaterial_do_municipio_de_pequeri_o__desfile_civico_e_cultural_em_homenagem_a_independencia_do_brasil__e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Declara Patrimônio Cultural de Natureza Imaterial do Município de Pequeri, o "Desfile Cívico e Cultural em homenagem a Independência do Brasil" e dá outras providências.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/272/projeto_de_lei_n05_adriana_-_institui_a_semana_de_visitacao_as_fabricas_empresas_e_similares_nos_projetos_pedagogicos_das_escolas_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/272/projeto_de_lei_n05_adriana_-_institui_a_semana_de_visitacao_as_fabricas_empresas_e_similares_nos_projetos_pedagogicos_das_escolas_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Institui a semana de visitação as fábricas, empresas e similares nos projetos pedagógicos das escolas e dá outras providências.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/273/projeto_de_lei_n06_adriana_-_que_institui_a_medalha__jovem_poeta_e_jovem_poetisa_pequerienses_.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/273/projeto_de_lei_n06_adriana_-_que_institui_a_medalha__jovem_poeta_e_jovem_poetisa_pequerienses_.pdf</t>
   </si>
   <si>
     <t>Que institui a medalha "Jovem Poeta e Jovem Poetisa Pequerienses.</t>
   </si>
   <si>
+    <t>250</t>
+  </si>
+  <si>
+    <t>PLOE</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária - Executivo</t>
+  </si>
+  <si>
+    <t>Glauco Braga Fávero</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/250/projeto_de_lei_n01_-_dispoe_sobre_concessao_a_revisao_geral_anual_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão a Revisão Geral Anual e dá outras previdências.</t>
+  </si>
+  <si>
+    <t>251</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/251/projeto_de_lei_n02_-_fixa_percentual_de_recomposicao_sobre_o_subsidio_dos_cargos_de_prefeito_vice-prefeito_e_secretarios_municipais_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>Fixa percentual de recomposição sobre o subsídio dos cargos de Prefeito, Vice-Prefeito e Secretários Municipais e dá outras providências.</t>
+  </si>
+  <si>
+    <t>252</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/252/projeto_de_lei_n03_-_dispoe_sobre_a_concessao_de_subvencoes_sociais_as_entidades_que_menciona_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe Sobre a Concessão de Subvenções Sociais às Entidades que Menciona e dá outras providências</t>
+  </si>
+  <si>
+    <t>253</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/253/prd5651.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza O Poder Executivo a Conceder Desconto no Pagamento do Imposto Predial e Territorial Urbano - IPTU, Estabelecendo о Calendário Anual de Arrecadação para о Exercício de 2024 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>254</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/254/projeto_de_lei_n05_-_autoriza_o_municipio_de_pequeri_a_adquirir_imovel_por_meio_de_contrato_de_compra_e_venda.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Município de Pequeri a adquirir imóvel por meio de contrato de compra e venda.</t>
+  </si>
+  <si>
+    <t>255</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/255/projeto_de_lei_n06_-_dispoe_sobre_as_diretrizes_orcamentarias_para_o_exercicio_financeiro_de_2025_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre as diretrizes orçamentárias para o exercício financeiro de 2025 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>256</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/256/projeto_de_lei_n07_-_dispoe_sobre_a_abertura_de_credito_especial_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a abertura de Crédito Especial e dá outras providências</t>
+  </si>
+  <si>
+    <t>257</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/257/projeto_de_lei_n08_-_dispoe_sobre_a_abertura_de_credito_especial_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>258</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/258/projeto_de_lei_n09_-_autoriza_o_municipio_de_pequeri_a_adquirir_imovel_por_meio_de_contrato_de_compra_e_venda_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O MUNICÍPIO DE PEQUERI A ADQUIRIR IMÓVEL POR MEIO DE CONTRATO DE COMPRA E VENDA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>259</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/259/projeto_de_lei_n10_-_dispoe_sobre_a_abertura_de_credito_especial_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a abertura de Crédito Especial e dá outras providências"</t>
+  </si>
+  <si>
+    <t>260</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/260/projeto_de_lei_n11_-_dispoe_sobre_a_abertura_de_credito_especial_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a abertura de Crédito Especial e dá outras providências"</t>
+  </si>
+  <si>
+    <t>261</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/261/projeto_de_lei_n12_-_dispoe_sobre_a_abertura_de_credito_suplementar_concessao_de_subvencao_social_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Abertura de Crédito Suplementar, Concessão de Subvenção Social e dá outras providências</t>
+  </si>
+  <si>
+    <t>262</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/262/projeto_de_lei_n13_-_dispoe_sobre_autorizacao_de_quitar_os_valores_devidos_pelo_municipio_de_pequeri_junto_a_secretaria_de_estado_de_meio_ambiente.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a realizaram pagamento de valores devidos pelo Município referente a autuações sofridas em exercícios anteriores que menciona e dá outras providências.</t>
+  </si>
+  <si>
+    <t>263</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/263/projeto_de_lei_n14_-_estima_receita_e_fixa_despesa_do_municipio_de_pequeri_para_o_exercicio_financeiro_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Estima receita e fixa despesa do Municipio de Pequeri para o exercício financeiro de 2025.</t>
+  </si>
+  <si>
+    <t>264</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/264/projeto_de_lei_n15_-_dispoe_sobre_a_abertura_de_credito_especial_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>265</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/265/projeto_de_lei_n16_-_dispoe_sobre_a_abertura_de_credito_especial_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>266</t>
+  </si>
+  <si>
+    <t>PLC</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/266/projeto_de_lei_complementar_n01_-_estabelece_criterios_excepcionais_para_a_quitacao_dos_debitos_de_natureza_tributaria_e_nao_tributaria_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>Estabelece Critérios Excepcionais Para a Quitação dos Débitos de Natureza Tributária e Não Tributária e dá outras providências</t>
+  </si>
+  <si>
+    <t>267</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/267/projeto_de_lei_complementar_n02_-_dispoe_sobre_a_alteracao_da_lei_municipal_n_1.126_2009_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a alteração da Lei Municipal n° 1.126/2009 e dá outras providências</t>
+  </si>
+  <si>
+    <t>293</t>
+  </si>
+  <si>
+    <t>PRES</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>Sandro Lopes Sevaroli, Adriana Martins Arruda, Cleydson Silva Ângelo, Fabrício Costa Garcia, Jair dos Santos de Andrade, Jairo Alves da Silva, João Marcos Vieira Da Cruz, Vicente dos Reis Vieira Lobo, Washington Luiz Pires Rocha</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/293/pr_n01_-_dispoe_sobre_a_recomposicao_salarial_anual_dos_subsidios_dos_vereadores_nos_termos_do_art._37_inciso_x_da_constituicao_federal_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A RECOMPOSIÇÃO SALARIAL ANUAL DOS SUBSÍDIOS DOS VEREADORES NOS TERMOS D0 ART. 37 INCISO X, DA CONSTITUIÇÃO FEDERAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>294</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/294/prn02-1.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A RECOMPOSIÇÃO SALARIAL ANUAL NO VENCIMENTO DOS SERVIDORES PÚBLICOS DA CÂMARA MUNICIPAL DE PEQUERI NOS TERMOS DO ART. 37 INCISO X, DA CONSTITUIÇÃO FEDERAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>295</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/295/pr_n03_-_altera_o_anexo_l_ll_e_lll_da_resolucao_n01_2013_que_autoriza_institui_e_regulamenta_o_pagamento_de_diarias_de_viagens_aos_servidores_e_vereadores_da_camara_municipal_de_pequeri_.pdf</t>
+  </si>
+  <si>
+    <t>Altera o anexo I, II e III da resolução n°01/2013 que autoriza, institui e regulamenta o pagamento de diárias de viagens aos servidores e vereadores da Câmara Municipal de Pequeri.</t>
+  </si>
+  <si>
     <t>129</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/129/requerimento_n_01_2024_-_equipamento_tecnologico_emwmp.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/129/requerimento_n_01_2024_-_equipamento_tecnologico_emwmp.pdf</t>
   </si>
   <si>
     <t>Integra as atribuições do vereador o exercício da função fiscalizadora e diante disso a vereadora Adriana M. Arruda, com assento nesta casa legislativa, na forma regimental, vem requerer a V. Excelência no sentido de que após aprovação no plenário, seja enviado ao Exmo. Sr. Prefeito, o presente requerimento solicitando resposta e providências para seguintes fatos:_x000D_
 - Porque não houve interesse em atender as urgentes necessidades tecnológicas nesta Era de Modernidade e de_x000D_
 I.A em adquirir os novos e tão necessários computadores para as Escola M. Waldomiro M. Pinto?_x000D_
 - Por que ainda se encontra desativada a sala onde funcionava o Laboratório de Informática?</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/130/requerimento_n_02_2024_-_obras_emwmp.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/130/requerimento_n_02_2024_-_obras_emwmp.pdf</t>
   </si>
   <si>
     <t>Integra as atribuições do vereador o exercício da função fiscalizadora e diante disso a vereadora Adriana M. Arruda, com assento nesta casa legislativa, na forma regimental, vem requerer a V. Excelência no sentido de que após aprovação no plenário, seja enviado ao Exmo. Sr. Prefeito, o presente requerimento solicitando providências para seguintes fatos:_x000D_
 Porque os atrasos para finalização das obras na Escola Waldomiro com prazo previsto para o_x000D_
 término na data de 30-11-22? Tem previsão de término dessas obras? Existe ou não a possibilidade de se aumentar o número de trabalhadores para agilizar o término das obras?</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>Cleydson Silva Ângelo</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/131/requerimento_n_03_2024_-_apuracao_de_irregularidades_secretaria_de_promocao_social.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/131/requerimento_n_03_2024_-_apuracao_de_irregularidades_secretaria_de_promocao_social.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, com assento nesta Casa Legislativa, na forma regimental e em com fulcro nos Artigos 19° e 20° da Lei Orgânica Municipal, vem requerer de V.Excelência que, após aprovação do plenário, seja enviado ao Ilma. Sra. Joelma Alves da Silva Francisco, Secretária de Promoção Social, CONVOCAÇÃO para que, pessoalmente, em data a ser definida pelo plenário, possa prestar esclarecimentos a respeito das ações da pasta que lidera. Conforme preceitua o Artigo 20° de nossa Lei Orgânica Municipal, informo que o assunto a ser discutido com a Secretária de Promoção Social, rodeiam temas que permeiam as ações e condutas da Secretaria, CRAS e Conselho Tutelar, tais como: concessão de benefícios eventuais, funcionamento dos grupos de convivência, execução fiscal, contratação de pessoal e assessoria, diárias, CADÚNICO e viagens oficiais.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/162/requerimento_n_01_2024_-_parquinho_municipal.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/162/requerimento_n_01_2024_-_parquinho_municipal.pdf</t>
   </si>
   <si>
     <t>Ο parquinho municipal tem sido motivo de preocupação para os moradores devido a diversos problemas que têm sido observados e relatados. Entre as principais questões estão: Muitos dos brinquedos estão quebrados ou apresentam risco de acidentes para as crianças que frequentam o local. O parquinho não tem recebido a manutenção adequada, resultando em degradação das estruturas e espaços destinados ao lazer. A ausência de medidas de segurança, como cercas e supervisão adequada, coloca em risco a integridade física das crianças. O local tem sido negligenciado quanto à limpeza, tornando-se um ambiente insalubre para as crianças e seus acompanhantes. Diante da gravidade dessas questões, torna-se imprescindível que sejam tomadas medidas urgentes para solucionar os problemas e garantir um espaço seguro e adequado para o lazer das crianças. Por isso, é necessário que este assunto seja discutido na Câmara Municipal, possibilitando  uma açãoimediata e eficaz por parte das autoridades competentes.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/45/indicacao_n_01_2024_-_organizacao_de_fluxo_de_coleta_de_lixo_na_cidade_de_pequeri_mg.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/45/indicacao_n_01_2024_-_organizacao_de_fluxo_de_coleta_de_lixo_na_cidade_de_pequeri_mg.pdf</t>
   </si>
   <si>
     <t>- Que sejam feitos mutirões de limpeza nas ruas e bairros da nossa cidade,_x000D_
 - Que sejam distribuídos comunicados com dias e horários de coleta de lixo, bem como número de telefone para_x000D_
 agendamento de coleta de entulhos,_x000D_
 - Que seja feita uma ampla campanha para que proprietários de terrenos, mantenham seus terrenos limpos._x000D_
 - Que sejam colocados cestas e/ou coletores de lixo em vários pontos da nossa cidade.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/46/indicacao_n_02_2024_-__instalacao_de_aparelhos_para_climatizacao_nas_salas_de_aulas_das_escolas_municipais.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/46/indicacao_n_02_2024_-__instalacao_de_aparelhos_para_climatizacao_nas_salas_de_aulas_das_escolas_municipais.pdf</t>
   </si>
   <si>
     <t>Sugere comprar e instalar aparelhos para climatização nas salas de aulas das Escolas do nosso Município.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/47/indicacao_n_03_2024_-_revitalizacao_das_vias_do_bairro_juquinha_de_castro.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/47/indicacao_n_03_2024_-_revitalizacao_das_vias_do_bairro_juquinha_de_castro.pdf</t>
   </si>
   <si>
     <t>"renovações" de antigos pedidos dos munícipes que residem no Bairro Parque dos Poetas onde as vias estão praticamente intransitáveis devido as enormes "crateras" principalmente na subida principal que dá acesso a esse Bairro, causando indignação dos moradores e moradoras desse bairro que se sentem abandonados pelo poder público. Que tais solicitações abaixo sejam atendidas o mais rápido possível. Que sejam feitas as devidas melhorias e recuperação das vias públicas no Bairro Parque dos Poetas.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/48/indicacao_n_04_2024_-_nivelamento_da_rua_augusto_cortes.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/48/indicacao_n_04_2024_-_nivelamento_da_rua_augusto_cortes.pdf</t>
   </si>
   <si>
     <t>- Que em breve oportunidade sejam feitos o nivelamento do calçamento dessa via,_x000D_
 - Manutenção dos bueiros,_x000D_
 - Que sejam feitas capinas e limpezas nas laterais (muito mato e tem-se notado o aparecimento de "bichos" peçonhentos como cobras) nessa via e a realização de outras melhorias possíveis nesta rua.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/49/indicacao_n_05_2024_-_solicitacao_de_maior_atencao_na_rua_juvenal_ferreira_marques.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/49/indicacao_n_05_2024_-_solicitacao_de_maior_atencao_na_rua_juvenal_ferreira_marques.pdf</t>
   </si>
   <si>
     <t>- Que em breve oportunidade sejam feitas melhorias nas calçadas dessa rua,_x000D_
 - Que sejam colocados coletores de lixo,_x000D_
 - Manutenção de bueiros,_x000D_
 - Que sejam recolhidos os entulhos que se acumulam nas calçadas,_x000D_
 - Que sejam feitas algumas podas nas árvores,</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/50/indicacao_n_06_2024_-_melhorias_na_rua_da_creche_municipal_e_complexo_esportivo.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/50/indicacao_n_06_2024_-_melhorias_na_rua_da_creche_municipal_e_complexo_esportivo.pdf</t>
   </si>
   <si>
     <t>- Que seja nivelado o calçamento onde tem uma depressão causando perigo e transtornos para condutores de veículos e para os_x000D_
 pedestres._x000D_
 - Que sejam colocadas grades de contenção na calçada em frente a nova creche e as novas quadras para segurança das_x000D_
 crianças, pais, usuários das quadras e pedestres. Essa via é uma das principais vias da nossa cidade e tem grande movimentação_x000D_
 de carros._x000D_
 - Que sejam instaladas diversas sinalizações de trânsito e advertência nessa "ÁREA ESCOLAR" para "despertar" a atenção dos_x000D_
 condutores de veículos, pois também é uma área de cruzamento e muito tráfego._x000D_
 - Que sejam feitas faixas de pedestres e demais melhorias para promover maior segurança de todos.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>7</t>
-[...2 lines deleted...]
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/51/indicacao_n_07_2024_-_nivelamento_do_bairro_olaria.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/51/indicacao_n_07_2024_-_nivelamento_do_bairro_olaria.pdf</t>
   </si>
   <si>
     <t>A vereadora Adriana M. Arruda, com assento nesta casa legislativa, na forma regimental, vem a V._x000D_
 Excelência no sentido de que após lida no plenário, seja enviado ao Exmo. Sr. Prefeito a presente indicação_x000D_
 que são pedidos dos munícipes que residem no Bairro POPULARMENTE chamado de OLARIA onde as vias_x000D_
 de acesso a esse bairro estão em situações precárias com muitos buracos, matos nas laterais, entulhos, etc._x000D_
 entre outros problemas ocasionados pela falta de infraestrutura neste Bairro._x000D_
 Que sejam tomadas as providências para que "no mínimo" seja melhorada/pavimentada a principal via que_x000D_
 dá acesso a esse bairro entre outras melhorias que são necessárias.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>8</t>
-[...2 lines deleted...]
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/52/indicacao_n_08_2024_-_reparacao_na_rua_purificacao_marques_arantes.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/52/indicacao_n_08_2024_-_reparacao_na_rua_purificacao_marques_arantes.pdf</t>
   </si>
   <si>
     <t>A vereadora Adriana M. Arruda, com assento nesta casa legislativa, na forma regimental, vem a V._x000D_
 Excelência no sentido de que após lida no plenário, seja enviado ao Exmo. Sr. Prefeito a presente indicação_x000D_
 que são solicitações dos moradores e moradoras da Rua Purificação Marques Arantes e alguns motoristas._x000D_
 Que em breve oportunidade sejam feitos reparos nesta área. Percebe-se que foi retirado uma barra de_x000D_
 ferro desse bueiro. Ficando um buraco que pode causar acidentes para pedestres, ciclistas_x000D_
 principalmente crianças.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>9</t>
-[...2 lines deleted...]
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/53/indicacao_n_09_2024_-_insercao_de_placas__proibido_estacionar__na_rua_oswaldo_campos.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/53/indicacao_n_09_2024_-_insercao_de_placas__proibido_estacionar__na_rua_oswaldo_campos.pdf</t>
   </si>
   <si>
     <t>A vereadora Adriana M. Arruda, com assento nesta casa legislativa, na forma regimental, vem a V._x000D_
 Excelência no sentido de que após lida no plenário, seja enviado ao Exmo. Sr. Prefeito a presente indicação_x000D_
 para que sejam realizadas providencias quanto ao trânsito na Rua Osvaldo campos. Essa indicação é fruto de_x000D_
 sugestões dos moradores e moradoras desta rua que após publicação no Instagram da prefeitura onde foi_x000D_
 solicitado uma cooperação aos motoristas para que estacionem somente de um lado da via. Então sugerimos_x000D_
 nesta indicação: Que sejam colocadas placas de "Proibido estacionar" em um dos lados dessa via. O ideal seria neste lado_x000D_
 da rua, desse poste em diante colocar uma placa "Proibido estacionar neste lado da rua".</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>10</t>
-[...2 lines deleted...]
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/54/indicacao_n_10_2024_-_revitalizacao_da_quadra_emwmp.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/54/indicacao_n_10_2024_-_revitalizacao_da_quadra_emwmp.pdf</t>
   </si>
   <si>
     <t>A vereadora Adriana M. Arruda, com assento nesta casa legislativa, na forma regimental, vem a V._x000D_
 Excelência no sentido de que após lida no plenário, seja enviado ao Exmo. Sr. Prefeito a presente indicação_x000D_
 para que sejam realizadas melhorias na Escola M. Waldomiro M. Pinto, na qual em visita a esta instituição_x000D_
 percebi que são muito necessárias:_x000D_
 - revitalização da quadra que necessita de rede de contenção de bolas, telas, novas pinturas no piso e_x000D_
 arquibancada, melhorias no alambrado, muitas goteiras na cobertura, falta de calhas nas laterais, podas_x000D_
 nas laterais entre outras necessidades nesta Praça de Esporte muito bonita e muito utilizada pelos alunos._x000D_
 - sugere-se também a revitalização da horta que antigamente abastecia fartamente outras escolas do nosso_x000D_
 município._x000D_
 - que em breve oportunidade possa construir muro na lateral da escola (lado direto da entrada da escola no_x000D_
 segundo pavilhão).</t>
   </si>
   <si>
-    <t>266</t>
-[...25 lines deleted...]
-  <si>
     <t>125</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Moção de Aplauso</t>
   </si>
   <si>
     <t>Washington Luiz Pires Rocha</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/125/mocao_de_aplausos_n_01_2024_-_bloco_do_refugo.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/125/mocao_de_aplausos_n_01_2024_-_bloco_do_refugo.pdf</t>
   </si>
   <si>
     <t>O vereador que abaixo subscreve, vem nos termos regimentais desta Augusta Casa de Leis após anuência do plenário, requerer a Vossa Excelência o envio da Moção de Aplausos para os criadores e organizadores do Bloco Refugo, sendo eles: Fernando de Souza Felizardo, Maurício Lessa de Oliveira e Ricardo Elias de Faria.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/126/mocao_de_aplausos_n_02_2024_-_gerseia_matos_mendonca_de_oliveira.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/126/mocao_de_aplausos_n_02_2024_-_gerseia_matos_mendonca_de_oliveira.pdf</t>
   </si>
   <si>
     <t>A vereadora Adriana Martins Arruda e demais vereadores que abaixo subscrevem, vem nos termos regimentais desta Augusta Casa de Leis após anuência do plenário, requerer a Vossa Excelência o envio de Moção de Aplausos para a psicóloga Sra. GERSÉIA MATOS MENDONÇA DE OLIVEIRA Servidora Pública do Munícipio de Pequeri.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/127/mocao_de_aplausos_n_03_2024_-_josilene_cavalcante_pereira.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/127/mocao_de_aplausos_n_03_2024_-_josilene_cavalcante_pereira.pdf</t>
   </si>
   <si>
     <t>A Vereadora ADRIANA MARTINS ARRUDA e demais vereadores que abaixo subscrevem, vem nos termos regimentais desta Augusta Casa de Leis após anuência do plenário, requerer a Vossa Excelência o envio de Moção de Aplausos para JOSILENE CAVALCANTE PEREIRA - 2º Sargento da Policia Militar de MG - na cidade de Pouso Alegre. Josilene é filha de José Malaquias Pereira e Ivoneide Leila Cavalcante Pereira</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/128/mocao_de_aplausos_n_04_2024_-_hudson_machado_moreira.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/128/mocao_de_aplausos_n_04_2024_-_hudson_machado_moreira.pdf</t>
   </si>
   <si>
     <t>A Vereadora ADRIANA MARTINS ARRUDA e demais vereadores que abaixo subscrevem, vem nos termos regimentais desta Augusta Casa de Leis após anuência do plenário, requerer a Vossa Excelência o envio de Moção de Aplausos para o TENENTE- CORONEL DO EXÉRCITO BRASILEIRO, Sr. HUDSON MACHADO MOREIRA, filho de Maria de Fátima Machado Moreira e Lamartine Lúcio Moreira.</t>
-  </si>
-[...157 lines deleted...]
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/265/projeto_de_lei_n16_-_dispoe_sobre_a_abertura_de_credito_especial_e_da_outras_providencias.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -901,67 +937,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/268/projeto_de_lei_n01_vicente_-_institui_como_cidade_irmas_os_municipios_de_pequeri_e_maripa_de_minas_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/269/projeto_de_lei_n02_vicente_-_institui_como_cidade_irmas_os_municipios_de_pequeri_e_tabuleiro_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/271/projeto_de_lei_n04_adriana_declara_patrimonio_cultural_de_natureza_imaterial_do_municipio_de_pequeri_o__desfile_civico_e_cultural_em_homenagem_a_independencia_do_brasil__e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/272/projeto_de_lei_n05_adriana_-_institui_a_semana_de_visitacao_as_fabricas_empresas_e_similares_nos_projetos_pedagogicos_das_escolas_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/273/projeto_de_lei_n06_adriana_-_que_institui_a_medalha__jovem_poeta_e_jovem_poetisa_pequerienses_.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/129/requerimento_n_01_2024_-_equipamento_tecnologico_emwmp.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/130/requerimento_n_02_2024_-_obras_emwmp.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/131/requerimento_n_03_2024_-_apuracao_de_irregularidades_secretaria_de_promocao_social.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/162/requerimento_n_01_2024_-_parquinho_municipal.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/45/indicacao_n_01_2024_-_organizacao_de_fluxo_de_coleta_de_lixo_na_cidade_de_pequeri_mg.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/46/indicacao_n_02_2024_-__instalacao_de_aparelhos_para_climatizacao_nas_salas_de_aulas_das_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/47/indicacao_n_03_2024_-_revitalizacao_das_vias_do_bairro_juquinha_de_castro.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/48/indicacao_n_04_2024_-_nivelamento_da_rua_augusto_cortes.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/49/indicacao_n_05_2024_-_solicitacao_de_maior_atencao_na_rua_juvenal_ferreira_marques.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/50/indicacao_n_06_2024_-_melhorias_na_rua_da_creche_municipal_e_complexo_esportivo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/51/indicacao_n_07_2024_-_nivelamento_do_bairro_olaria.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/52/indicacao_n_08_2024_-_reparacao_na_rua_purificacao_marques_arantes.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/53/indicacao_n_09_2024_-_insercao_de_placas__proibido_estacionar__na_rua_oswaldo_campos.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/54/indicacao_n_10_2024_-_revitalizacao_da_quadra_emwmp.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/266/projeto_de_lei_complementar_n01_-_estabelece_criterios_excepcionais_para_a_quitacao_dos_debitos_de_natureza_tributaria_e_nao_tributaria_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/267/projeto_de_lei_complementar_n02_-_dispoe_sobre_a_alteracao_da_lei_municipal_n_1.126_2009_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/125/mocao_de_aplausos_n_01_2024_-_bloco_do_refugo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/126/mocao_de_aplausos_n_02_2024_-_gerseia_matos_mendonca_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/127/mocao_de_aplausos_n_03_2024_-_josilene_cavalcante_pereira.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/128/mocao_de_aplausos_n_04_2024_-_hudson_machado_moreira.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/250/projeto_de_lei_n01_-_dispoe_sobre_concessao_a_revisao_geral_anual_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/251/projeto_de_lei_n02_-_fixa_percentual_de_recomposicao_sobre_o_subsidio_dos_cargos_de_prefeito_vice-prefeito_e_secretarios_municipais_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/252/projeto_de_lei_n03_-_dispoe_sobre_a_concessao_de_subvencoes_sociais_as_entidades_que_menciona_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/253/prd5651.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/254/projeto_de_lei_n05_-_autoriza_o_municipio_de_pequeri_a_adquirir_imovel_por_meio_de_contrato_de_compra_e_venda.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/255/projeto_de_lei_n06_-_dispoe_sobre_as_diretrizes_orcamentarias_para_o_exercicio_financeiro_de_2025_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/256/projeto_de_lei_n07_-_dispoe_sobre_a_abertura_de_credito_especial_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/257/projeto_de_lei_n08_-_dispoe_sobre_a_abertura_de_credito_especial_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/258/projeto_de_lei_n09_-_autoriza_o_municipio_de_pequeri_a_adquirir_imovel_por_meio_de_contrato_de_compra_e_venda_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/259/projeto_de_lei_n10_-_dispoe_sobre_a_abertura_de_credito_especial_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/260/projeto_de_lei_n11_-_dispoe_sobre_a_abertura_de_credito_especial_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/261/projeto_de_lei_n12_-_dispoe_sobre_a_abertura_de_credito_suplementar_concessao_de_subvencao_social_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/262/projeto_de_lei_n13_-_dispoe_sobre_autorizacao_de_quitar_os_valores_devidos_pelo_municipio_de_pequeri_junto_a_secretaria_de_estado_de_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/263/projeto_de_lei_n14_-_estima_receita_e_fixa_despesa_do_municipio_de_pequeri_para_o_exercicio_financeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/264/projeto_de_lei_n15_-_dispoe_sobre_a_abertura_de_credito_especial_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/265/projeto_de_lei_n16_-_dispoe_sobre_a_abertura_de_credito_especial_e_da_outras_providencias.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/268/projeto_de_lei_n01_vicente_-_institui_como_cidade_irmas_os_municipios_de_pequeri_e_maripa_de_minas_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/269/projeto_de_lei_n02_vicente_-_institui_como_cidade_irmas_os_municipios_de_pequeri_e_tabuleiro_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/271/projeto_de_lei_n04_adriana_declara_patrimonio_cultural_de_natureza_imaterial_do_municipio_de_pequeri_o__desfile_civico_e_cultural_em_homenagem_a_independencia_do_brasil__e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/272/projeto_de_lei_n05_adriana_-_institui_a_semana_de_visitacao_as_fabricas_empresas_e_similares_nos_projetos_pedagogicos_das_escolas_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/273/projeto_de_lei_n06_adriana_-_que_institui_a_medalha__jovem_poeta_e_jovem_poetisa_pequerienses_.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/250/projeto_de_lei_n01_-_dispoe_sobre_concessao_a_revisao_geral_anual_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/251/projeto_de_lei_n02_-_fixa_percentual_de_recomposicao_sobre_o_subsidio_dos_cargos_de_prefeito_vice-prefeito_e_secretarios_municipais_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/252/projeto_de_lei_n03_-_dispoe_sobre_a_concessao_de_subvencoes_sociais_as_entidades_que_menciona_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/253/prd5651.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/254/projeto_de_lei_n05_-_autoriza_o_municipio_de_pequeri_a_adquirir_imovel_por_meio_de_contrato_de_compra_e_venda.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/255/projeto_de_lei_n06_-_dispoe_sobre_as_diretrizes_orcamentarias_para_o_exercicio_financeiro_de_2025_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/256/projeto_de_lei_n07_-_dispoe_sobre_a_abertura_de_credito_especial_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/257/projeto_de_lei_n08_-_dispoe_sobre_a_abertura_de_credito_especial_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/258/projeto_de_lei_n09_-_autoriza_o_municipio_de_pequeri_a_adquirir_imovel_por_meio_de_contrato_de_compra_e_venda_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/259/projeto_de_lei_n10_-_dispoe_sobre_a_abertura_de_credito_especial_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/260/projeto_de_lei_n11_-_dispoe_sobre_a_abertura_de_credito_especial_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/261/projeto_de_lei_n12_-_dispoe_sobre_a_abertura_de_credito_suplementar_concessao_de_subvencao_social_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/262/projeto_de_lei_n13_-_dispoe_sobre_autorizacao_de_quitar_os_valores_devidos_pelo_municipio_de_pequeri_junto_a_secretaria_de_estado_de_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/263/projeto_de_lei_n14_-_estima_receita_e_fixa_despesa_do_municipio_de_pequeri_para_o_exercicio_financeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/264/projeto_de_lei_n15_-_dispoe_sobre_a_abertura_de_credito_especial_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/265/projeto_de_lei_n16_-_dispoe_sobre_a_abertura_de_credito_especial_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/266/projeto_de_lei_complementar_n01_-_estabelece_criterios_excepcionais_para_a_quitacao_dos_debitos_de_natureza_tributaria_e_nao_tributaria_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/267/projeto_de_lei_complementar_n02_-_dispoe_sobre_a_alteracao_da_lei_municipal_n_1.126_2009_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/293/pr_n01_-_dispoe_sobre_a_recomposicao_salarial_anual_dos_subsidios_dos_vereadores_nos_termos_do_art._37_inciso_x_da_constituicao_federal_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/294/prn02-1.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/295/pr_n03_-_altera_o_anexo_l_ll_e_lll_da_resolucao_n01_2013_que_autoriza_institui_e_regulamenta_o_pagamento_de_diarias_de_viagens_aos_servidores_e_vereadores_da_camara_municipal_de_pequeri_.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/129/requerimento_n_01_2024_-_equipamento_tecnologico_emwmp.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/130/requerimento_n_02_2024_-_obras_emwmp.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/131/requerimento_n_03_2024_-_apuracao_de_irregularidades_secretaria_de_promocao_social.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/162/requerimento_n_01_2024_-_parquinho_municipal.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/45/indicacao_n_01_2024_-_organizacao_de_fluxo_de_coleta_de_lixo_na_cidade_de_pequeri_mg.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/46/indicacao_n_02_2024_-__instalacao_de_aparelhos_para_climatizacao_nas_salas_de_aulas_das_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/47/indicacao_n_03_2024_-_revitalizacao_das_vias_do_bairro_juquinha_de_castro.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/48/indicacao_n_04_2024_-_nivelamento_da_rua_augusto_cortes.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/49/indicacao_n_05_2024_-_solicitacao_de_maior_atencao_na_rua_juvenal_ferreira_marques.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/50/indicacao_n_06_2024_-_melhorias_na_rua_da_creche_municipal_e_complexo_esportivo.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/51/indicacao_n_07_2024_-_nivelamento_do_bairro_olaria.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/52/indicacao_n_08_2024_-_reparacao_na_rua_purificacao_marques_arantes.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/53/indicacao_n_09_2024_-_insercao_de_placas__proibido_estacionar__na_rua_oswaldo_campos.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/54/indicacao_n_10_2024_-_revitalizacao_da_quadra_emwmp.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/125/mocao_de_aplausos_n_01_2024_-_bloco_do_refugo.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/126/mocao_de_aplausos_n_02_2024_-_gerseia_matos_mendonca_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/127/mocao_de_aplausos_n_03_2024_-_josilene_cavalcante_pereira.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2024/128/mocao_de_aplausos_n_04_2024_-_hudson_machado_moreira.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H43"/>
+  <dimension ref="A1:H46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="26" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="200.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -1120,1010 +1156,1091 @@
       </c>
       <c r="G7" s="1" t="s">
         <v>35</v>
       </c>
       <c r="H7" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>37</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
         <v>38</v>
       </c>
       <c r="E8" t="s">
         <v>39</v>
       </c>
       <c r="F8" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="H8" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>17</v>
       </c>
       <c r="D9" t="s">
         <v>38</v>
       </c>
       <c r="E9" t="s">
         <v>39</v>
       </c>
       <c r="F9" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H9" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>21</v>
       </c>
       <c r="D10" t="s">
         <v>38</v>
       </c>
       <c r="E10" t="s">
         <v>39</v>
       </c>
       <c r="F10" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H10" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>49</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>26</v>
       </c>
       <c r="D11" t="s">
         <v>38</v>
       </c>
       <c r="E11" t="s">
         <v>39</v>
       </c>
+      <c r="F11" t="s">
+        <v>40</v>
+      </c>
       <c r="G11" s="1" t="s">
         <v>50</v>
       </c>
       <c r="H11" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>52</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
+        <v>38</v>
+      </c>
+      <c r="E12" t="s">
+        <v>39</v>
+      </c>
+      <c r="F12" t="s">
+        <v>40</v>
+      </c>
+      <c r="G12" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="E12" t="s">
+      <c r="H12" t="s">
         <v>54</v>
-      </c>
-[...7 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>55</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D13" t="s">
+        <v>38</v>
+      </c>
+      <c r="E13" t="s">
+        <v>39</v>
+      </c>
+      <c r="F13" t="s">
+        <v>40</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="H13" t="s">
         <v>57</v>
-      </c>
-[...19 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>59</v>
+      </c>
+      <c r="D14" t="s">
+        <v>38</v>
+      </c>
+      <c r="E14" t="s">
+        <v>39</v>
+      </c>
+      <c r="F14" t="s">
+        <v>40</v>
+      </c>
+      <c r="G14" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="B14" t="s">
-[...14 lines deleted...]
-      <c r="G14" s="1" t="s">
+      <c r="H14" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>62</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
         <v>63</v>
       </c>
-      <c r="B15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D15" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="F15" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>64</v>
       </c>
       <c r="H15" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
+        <v>65</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
         <v>66</v>
       </c>
-      <c r="B16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D16" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="E16" t="s">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="F16" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>67</v>
       </c>
       <c r="H16" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>69</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>34</v>
+        <v>70</v>
       </c>
       <c r="D17" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="E17" t="s">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="F17" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="H17" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D18" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="E18" t="s">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="F18" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="H18" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D19" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="E19" t="s">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="F19" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H19" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D20" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="E20" t="s">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="F20" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="H20" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D21" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="E21" t="s">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="F21" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H21" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>10</v>
+        <v>90</v>
       </c>
       <c r="D22" t="s">
-        <v>89</v>
+        <v>38</v>
       </c>
       <c r="E22" t="s">
-        <v>90</v>
+        <v>39</v>
       </c>
       <c r="F22" t="s">
+        <v>40</v>
+      </c>
+      <c r="G22" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="G22" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H22" t="s">
-        <v>93</v>
+        <v>61</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
+        <v>92</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>93</v>
+      </c>
+      <c r="D23" t="s">
+        <v>38</v>
+      </c>
+      <c r="E23" t="s">
+        <v>39</v>
+      </c>
+      <c r="F23" t="s">
+        <v>40</v>
+      </c>
+      <c r="G23" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="B23" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H23" t="s">
-        <v>96</v>
+        <v>61</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
+        <v>96</v>
+      </c>
+      <c r="E24" t="s">
+        <v>97</v>
+      </c>
+      <c r="F24" t="s">
+        <v>40</v>
+      </c>
+      <c r="G24" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="E24" t="s">
+      <c r="H24" t="s">
         <v>99</v>
-      </c>
-[...7 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>17</v>
       </c>
       <c r="D25" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="E25" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="F25" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H25" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
+        <v>103</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>10</v>
+      </c>
+      <c r="D26" t="s">
+        <v>104</v>
+      </c>
+      <c r="E26" t="s">
+        <v>105</v>
+      </c>
+      <c r="F26" t="s">
         <v>106</v>
-      </c>
-[...13 lines deleted...]
-        <v>22</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>107</v>
       </c>
       <c r="H26" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>109</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="D27" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="E27" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="F27" t="s">
-        <v>22</v>
+        <v>106</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>110</v>
       </c>
       <c r="H27" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>112</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="D28" t="s">
+        <v>104</v>
+      </c>
+      <c r="E28" t="s">
+        <v>105</v>
+      </c>
+      <c r="F28" t="s">
+        <v>106</v>
+      </c>
+      <c r="G28" s="1" t="s">
         <v>113</v>
       </c>
-      <c r="E28" t="s">
+      <c r="H28" t="s">
         <v>114</v>
-      </c>
-[...7 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
+        <v>115</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>10</v>
+      </c>
+      <c r="D29" t="s">
+        <v>116</v>
+      </c>
+      <c r="E29" t="s">
         <v>117</v>
       </c>
-      <c r="B29" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F29" t="s">
-        <v>91</v>
+        <v>22</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>118</v>
       </c>
       <c r="H29" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>120</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D30" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="E30" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="F30" t="s">
-        <v>91</v>
+        <v>22</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>121</v>
       </c>
       <c r="H30" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>123</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D31" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="E31" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="F31" t="s">
-        <v>91</v>
+        <v>124</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="H31" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D32" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="E32" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>91</v>
+        <v>117</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="H32" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>113</v>
+        <v>131</v>
       </c>
       <c r="E33" t="s">
-        <v>114</v>
+        <v>132</v>
       </c>
       <c r="F33" t="s">
-        <v>91</v>
+        <v>22</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="H33" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
+        <v>135</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D34" t="s">
+        <v>131</v>
+      </c>
+      <c r="E34" t="s">
         <v>132</v>
       </c>
-      <c r="B34" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F34" t="s">
-        <v>91</v>
+        <v>22</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="H34" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>77</v>
+        <v>21</v>
       </c>
       <c r="D35" t="s">
-        <v>113</v>
+        <v>131</v>
       </c>
       <c r="E35" t="s">
-        <v>114</v>
+        <v>132</v>
       </c>
       <c r="F35" t="s">
-        <v>91</v>
+        <v>22</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="H35" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>81</v>
+        <v>26</v>
       </c>
       <c r="D36" t="s">
-        <v>113</v>
+        <v>131</v>
       </c>
       <c r="E36" t="s">
-        <v>114</v>
+        <v>132</v>
       </c>
       <c r="F36" t="s">
-        <v>91</v>
+        <v>22</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="H36" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>85</v>
+        <v>30</v>
       </c>
       <c r="D37" t="s">
-        <v>113</v>
+        <v>131</v>
       </c>
       <c r="E37" t="s">
-        <v>114</v>
+        <v>132</v>
       </c>
       <c r="F37" t="s">
-        <v>91</v>
+        <v>22</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="H37" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>144</v>
+        <v>34</v>
       </c>
       <c r="D38" t="s">
-        <v>113</v>
+        <v>131</v>
       </c>
       <c r="E38" t="s">
-        <v>114</v>
+        <v>132</v>
       </c>
       <c r="F38" t="s">
-        <v>91</v>
+        <v>22</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="H38" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>148</v>
+        <v>59</v>
       </c>
       <c r="D39" t="s">
-        <v>113</v>
+        <v>131</v>
       </c>
       <c r="E39" t="s">
-        <v>114</v>
+        <v>132</v>
       </c>
       <c r="F39" t="s">
-        <v>91</v>
+        <v>22</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="H39" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>152</v>
+        <v>63</v>
       </c>
       <c r="D40" t="s">
-        <v>113</v>
+        <v>131</v>
       </c>
       <c r="E40" t="s">
-        <v>114</v>
+        <v>132</v>
       </c>
       <c r="F40" t="s">
-        <v>91</v>
+        <v>22</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="H40" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>156</v>
+        <v>66</v>
       </c>
       <c r="D41" t="s">
-        <v>113</v>
+        <v>131</v>
       </c>
       <c r="E41" t="s">
-        <v>114</v>
+        <v>132</v>
       </c>
       <c r="F41" t="s">
-        <v>91</v>
+        <v>22</v>
       </c>
       <c r="G41" s="1" t="s">
         <v>157</v>
       </c>
       <c r="H41" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>159</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
+        <v>70</v>
+      </c>
+      <c r="D42" t="s">
+        <v>131</v>
+      </c>
+      <c r="E42" t="s">
+        <v>132</v>
+      </c>
+      <c r="F42" t="s">
+        <v>22</v>
+      </c>
+      <c r="G42" s="1" t="s">
         <v>160</v>
       </c>
-      <c r="D42" t="s">
-[...8 lines deleted...]
-      <c r="G42" s="1" t="s">
+      <c r="H42" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>162</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
+        <v>10</v>
+      </c>
+      <c r="D43" t="s">
         <v>163</v>
       </c>
-      <c r="D43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E43" t="s">
-        <v>114</v>
+        <v>164</v>
       </c>
       <c r="F43" t="s">
-        <v>91</v>
+        <v>165</v>
       </c>
       <c r="G43" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="H43" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>168</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>17</v>
+      </c>
+      <c r="D44" t="s">
+        <v>163</v>
+      </c>
+      <c r="E44" t="s">
         <v>164</v>
       </c>
-      <c r="H43" t="s">
-        <v>134</v>
+      <c r="F44" t="s">
+        <v>22</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="H44" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>171</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>21</v>
+      </c>
+      <c r="D45" t="s">
+        <v>163</v>
+      </c>
+      <c r="E45" t="s">
+        <v>164</v>
+      </c>
+      <c r="F45" t="s">
+        <v>22</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="H45" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>174</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>26</v>
+      </c>
+      <c r="D46" t="s">
+        <v>163</v>
+      </c>
+      <c r="E46" t="s">
+        <v>164</v>
+      </c>
+      <c r="F46" t="s">
+        <v>22</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H46" t="s">
+        <v>176</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
     <hyperlink ref="G23" r:id="rId22"/>
     <hyperlink ref="G24" r:id="rId23"/>
     <hyperlink ref="G25" r:id="rId24"/>
     <hyperlink ref="G26" r:id="rId25"/>
     <hyperlink ref="G27" r:id="rId26"/>
     <hyperlink ref="G28" r:id="rId27"/>
     <hyperlink ref="G29" r:id="rId28"/>
     <hyperlink ref="G30" r:id="rId29"/>
     <hyperlink ref="G31" r:id="rId30"/>
     <hyperlink ref="G32" r:id="rId31"/>
     <hyperlink ref="G33" r:id="rId32"/>
     <hyperlink ref="G34" r:id="rId33"/>
     <hyperlink ref="G35" r:id="rId34"/>
     <hyperlink ref="G36" r:id="rId35"/>
     <hyperlink ref="G37" r:id="rId36"/>
     <hyperlink ref="G38" r:id="rId37"/>
     <hyperlink ref="G39" r:id="rId38"/>
     <hyperlink ref="G40" r:id="rId39"/>
     <hyperlink ref="G41" r:id="rId40"/>
     <hyperlink ref="G42" r:id="rId41"/>
     <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>