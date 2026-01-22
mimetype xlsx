--- v0 (2025-12-06)
+++ v1 (2026-01-22)
@@ -10,104 +10,89 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="695" uniqueCount="284">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="799" uniqueCount="328">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
-    <t>223</t>
+    <t>224</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
-    <t>1</t>
+    <t>2</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
-  </si>
-[...13 lines deleted...]
-    <t>2</t>
   </si>
   <si>
     <t>Mirian de Paula Costa</t>
   </si>
   <si>
     <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/224/pl_n02.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA MUNICIPAL DAS MULHERES QUE BRILHAM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/225/pl_n03_-_da_nome_a_logradouro_publico_calcadao_neca_franco.pdf</t>
   </si>
   <si>
     <t>Da nome a Logradouro Público localizado na Rua Santa Rita e dá outras providências</t>
   </si>
   <si>
     <t>226</t>
   </si>
@@ -261,50 +246,53 @@
 3. Desde quando o(a) referido(a) servidor(a) está no exercício da função de direção?</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/221/requerimento-n-08-entrega-presencial-das-mocoes.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais e regimentais, vem respeitosamente requerer a Vossa Excelência, após a_x000D_
 devida aprovação do Plenário, que:_x000D_
 _x000D_
 Seja adotado, no âmbito da Câmara Municipal de Pequeri, o procedimento de entrega presencial das Moções de Aplausos aos homenageados na sede do Poder Legislativo Municipal, em momento reservado imediatamente anterior ao início das reuniões ordinárias, com o objetivo de valorizar e prestigiar publicamente os cidadãos e entidades reconhecidos por esta Casa Legislativa.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/222/requerimento-n09-informacoes-do-conselho-municipal-de-educacao.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve, no uso de suas atribuições legais e regimentais, com fundamento no art. do Regimento Interno, vem, respeitosamente,_x000D_
 apresentar o seguinte: Requer, à Secretaria Municipal de Educação, que sejam encaminhadas a esta Casa Legislativa, no prazo legal, as seguintes informações e documentos atualizados: Composição atual do Conselho Municipal de Educação, com a identificação nominal de seus membros, cargo ou função representada, instituição de origem (se houver) e datas de nomeação e término do mandato; Atas das reuniões realizadas pelo referido Conselho nos últimos 12 (doze) meses; Composição atual do Conselho de Acompanhamento e Controle Social do FUNDEB (antigo conselho escolar), com os mesmos dados descritos no item 1; Composição atual do Conselho de Alimentação Escolar (CAE); incluindo nomes, entidades representadas, datas de nomeação e vigência dos mandatos; Cópias das atas de reuniões e relatórios de fiscalização/visitas do CAE relativas ao presente exercício.</t>
   </si>
   <si>
+    <t>1</t>
+  </si>
+  <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Pedro Paulo de Freitas Menezes</t>
   </si>
   <si>
     <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/1/indicacao_n01_-_colocacao_de_poste_rua_prof._nair_tempone.pdf</t>
   </si>
   <si>
     <t>Que providencie junto ao Órgão competente da Administração_x000D_
 Municipal um estudo de viabilidade para colocação de um poste de_x000D_
 iluminação próxima a fábrica da Reciclagem localizada na Rua Professora_x000D_
 Nair Tempone, localizada no Bairro Nova Pequeri.</t>
   </si>
   <si>
     <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/2/indicacao_n02_-_colocacao_de_poste_na_rua_antonio_arminio_daniel.pdf</t>
   </si>
   <si>
     <t>Que providencie junto ao Órgão competente da Administração_x000D_
 Municipal um estudo de viabilidade para colocação de um poste de_x000D_
 iluminação na Rua Antônio Arminio Daniel, localizada no Bairro Nova_x000D_
 Pequeri.</t>
@@ -678,50 +666,195 @@
   </si>
   <si>
     <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/42/indicacao_n_43.pdf</t>
   </si>
   <si>
     <t>Que providencie junto ao Órgão competente da Administração Municipal a melhoria no sistema de descarte de resíduos sólidos, com a instalação de lixeiras subterrâneas em pontos estratégicos do município.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/43/indicacao_n_44.pdf</t>
   </si>
   <si>
     <t>Que providencie, com a máxima urgência e em caráter contínuo, junto ao Órgão competente da Administração Municipal, a intensificação e realização de campanhas educativas e de conscientização abrangentes sobre o descarte correto de resíduos sólidos, direcionadas_x000D_
 especificamente às escolas do nosso município e aos diversos bairros, visando aprimorar a participação cidadã na gestão de resíduos.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/44/indicacao_n_45.pdf</t>
   </si>
   <si>
     <t>Que providencie, com a máxima urgência, junto ao Órgão competente da Administração Municipal, a revitalização completa e a instalação de iluminação adequada no parquinho infantil localizado na entrada do Loteamento Juquinha de Castro, na Rua Ohannes Kabderian. Caso a revitalização não seja viável, solicita-se a desativação e remoção dos equipamentos danificados e a instalação de iluminação pública no local, para evitar riscos à segurança das crianças e da comunidade.</t>
+  </si>
+  <si>
+    <t>274</t>
+  </si>
+  <si>
+    <t>PRES</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>Plenário</t>
+  </si>
+  <si>
+    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/274/projeto_de_resolucao_n01_-_institui_no_ambito_da_camara_municipal_de_pequeri_a_camara_online_e_da_outras_providencias_.pdf</t>
+  </si>
+  <si>
+    <t>Institui no âmbito da Câmara Municipal de Pequeri a Câmara Online e dá outras providências.</t>
+  </si>
+  <si>
+    <t>275</t>
+  </si>
+  <si>
+    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/275/projeto_de_resolucao_n02_-_dispoe_sobre_a_autorizacao_para_participacao_no_parlamento_jovem_da_assembleia_legislativa_e_da_outras_providencias_.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a autorização para participação no Parlamento Jovem da Assembleia Legislativa de Minas Gerais e dá outras providências.</t>
+  </si>
+  <si>
+    <t>276</t>
+  </si>
+  <si>
+    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/276/projeto_de_resolucao_n03_-_institui_a_camara_mirim_no_municipio_de_pequeri_e_estabelece_normas_para_seu_funcionamento.pdf</t>
+  </si>
+  <si>
+    <t>Institui a Câmara Mirim no Município de Pequeri e estabelece normas para seu funcionamento.</t>
+  </si>
+  <si>
+    <t>277</t>
+  </si>
+  <si>
+    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/277/projeto_de_resolucao_n04_-_institui_o_programa_camara_itinerante_no_municipio_de_pequeri.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa Câmara Itinerante no Município de Pequeri.</t>
+  </si>
+  <si>
+    <t>278</t>
+  </si>
+  <si>
+    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/278/projeto_de_resolucao_n05_-_fixa_normas_de_uso_do_veiculo_oficial_da_camara_municipal_de_pequeri_e_da_outras_providencias_.pdf</t>
+  </si>
+  <si>
+    <t>Fixa normas de uso do veículo oficial da Câmara Municipal de Pequeri e dá outras providências.</t>
+  </si>
+  <si>
+    <t>279</t>
+  </si>
+  <si>
+    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/279/projeto_de_resolucao_n06_-_institui_o_codigo_de_etica_e_decoro_parlamentar_.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Código de Ética e Decoro Parlamentar</t>
+  </si>
+  <si>
+    <t>280</t>
+  </si>
+  <si>
+    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/280/projeto_de_resolucao_n07_-_institui_as_visitas_guiadas_para_estudantes_no_ambito_da_na_camara_municipal_de_pequeri_e_da_outras_providencias_.pdf</t>
+  </si>
+  <si>
+    <t>Institui as Visitas Guiadas para Estudantes no âmbito da Câmara Municipal Pequeri e dá outras providências.</t>
+  </si>
+  <si>
+    <t>281</t>
+  </si>
+  <si>
+    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/281/projeto_de_resolucao_n08_.pdf</t>
+  </si>
+  <si>
+    <t>Cria a Ouvidoria da Câmara Municipal de Pequeri.</t>
+  </si>
+  <si>
+    <t>282</t>
+  </si>
+  <si>
+    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/282/projeto_de_resolucao_n10.pdf</t>
+  </si>
+  <si>
+    <t>Institui a Política de Privacidade dos Dados Pessoais no âmbito da Câmara Municipal de Pequeri.</t>
+  </si>
+  <si>
+    <t>283</t>
+  </si>
+  <si>
+    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/283/prop_112025.pdf</t>
+  </si>
+  <si>
+    <t>Regulamenta, no âmbito da Câmara Municipal de Pequeri, a fruição do gozo das férias e o pagamento do terço constitucional de férias dos vereadores previsto na Lei Municipal nº 1.659 de 25 de janeiro de 2024 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>284</t>
+  </si>
+  <si>
+    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/284/projeto_de_resolucao_n12.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe as regras de publicação no Portal da Transparência e acesso as informações da Câmara Municipal de Pequeri E-SIC em cumprimento a Lei nº_x000D_
+11.527 de 18 de novembro de 2011.</t>
+  </si>
+  <si>
+    <t>285</t>
+  </si>
+  <si>
+    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/285/projeto_de_resolucao_n13.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação do Banco de Ideias no âmbito da Câmara Municipal de Pequeri.</t>
+  </si>
+  <si>
+    <t>286</t>
+  </si>
+  <si>
+    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/286/projeto_de_resolucao_n14.pdf</t>
+  </si>
+  <si>
+    <t>Regulamenta a Lei Federal nº 14.129/2021, que dispõe sobre princípios, regras e instrumentos para o Governo Digital e para o aumento da eficiência pública, e dá outras providências, no âmbito do Poder Legislativo do Município de Pequeri.</t>
+  </si>
+  <si>
+    <t>223</t>
+  </si>
+  <si>
+    <t>PLC</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar</t>
+  </si>
+  <si>
+    <t>Glauco Braga Fávero</t>
+  </si>
+  <si>
+    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/223/projeto_de_lei_complementar_n01_-_cargos_e_atribuicoes.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a estrutura administrativa, cria cargos, define atribuições, fixa vencimentos, consolida o quadro de cargos e salários da Câmara e dá outras providências.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Moção de Aplauso</t>
   </si>
   <si>
     <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/117/mocao_de_aplausos_n01_-_atleta_danilo.pdf</t>
   </si>
   <si>
     <t>O Vereador Fabrício Costa Garcia, no uso de suas atribuições regimentais, apresenta à apreciação desta Casa Legislativa a presente Moção de Aplausos em reconhecimento ao atleta Danilo Luiz da Silva, pelos relevantes serviços prestados ao esporte brasileiro e pelo seu notável desempenho no futebol nacional e internacional.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/118/mocao_de_aplausos_n02_-_equipe_de_esportes_torneio_bt.pdf</t>
   </si>
   <si>
     <t>O vereador abaixo assinado, no exercício de suas atribuições e em conformidade com o regimento interno, vem, respeitosamente, requerer que, após a devida aprovação do plenário, seja encaminhada MOÇÃO DE APLAUSOS ao Senhor Secretário de Esportes, Tiago Louzada Louro, ao Matheus Santos, conhecido como Dhul, e a toda a equipe de esportes, em reconhecimento pelo excepcional torneio de Beach Tennis realizado no Complexo Esportivo Moacir Fávero, no período de 3 a 14 de fevereiro de 2025.</t>
   </si>
@@ -1285,56 +1418,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/223/projeto_de_lei_complementar_n01_-_cargos_e_atribuicoes.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/224/pl_n02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/225/pl_n03_-_da_nome_a_logradouro_publico_calcadao_neca_franco.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/226/pl_n04_-_reparacao_de_danos_das_empresas_concessionarias_de_servicos_publicos_ou_privadas.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/227/pl_n05_-_campanha_permanente_-_criancao_nao_namora_nem_brincando.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/228/projeto_de_lei_n06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/229/projeto_de_lei_7.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/230/projeto_de_lei_8.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/231/projeto_de_lei_9.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/232/projeto_de_lei_10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/218/requerimento_n02_-_informacoes_sobre_as_cameras_de_seguranca_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/219/requerimento_n04_-_informacoes_sobre_os_lixos_e_limpezas_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/220/requerimento-n-07-informacoes-sobre-a-gestao-da-escola-waldomiro_2.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/221/requerimento-n-08-entrega-presencial-das-mocoes.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/222/requerimento-n09-informacoes-do-conselho-municipal-de-educacao.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/1/indicacao_n01_-_colocacao_de_poste_rua_prof._nair_tempone.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/2/indicacao_n02_-_colocacao_de_poste_na_rua_antonio_arminio_daniel.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/3/indicacao_n03_-_reparos_calcadas_e_redutor_de_velocidade_na_rua_boanerges_dutra_de_morais.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/4/indicacao_n04_-_manutencao_na_rua_silvino_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/5/indicacao_n05_-_quadra_de_areia_nova_pequeri.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/6/indicacao_n06_-_retiradas_de_entulhos_no_juquinha_de_castro.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/7/indicacao_n07_-_cursinho_preparatorio_enem.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/8/indicacao_n08_-_janeiro_roxo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/9/indicacao_n09_-_colocacao_de_latoes_de_lixo_e_a_limpeza_da_rua_faride_batista_amaral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/10/indicacao_n10_-_iluminacao_nas_ruas_jose_alcides_de_carvalho_e_na_purificacao_marques_arantes.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/11/indicacao_n11_-_insalubridade_para_os_agentes_de_saude.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/12/indicacao_n12_-_melhorias_da_estrada_pequeri_x_sarandira.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/13/indicacao_n13_-_casa_de_passeio_para_cachorros_abandonados.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/14/indicacao_n14_-_redutor_de_velocidade_na_rua_dias_jr..pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/15/indicacao_n16_-manutencao_rua_sao_pedro.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/16/indicacao_n17_-_cobertura_creche_e_cobertura_complexo.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/17/indicacao_n18_-_redutor_de_velocidade_na_rua_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/18/indicacao_n19_-_limpeza_ribeirao.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/19/indicacao_n20_-_notificacao_para_donos_de_terrenos_baldios.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/20/indicacao_n21_-_gerador_de_energia_hospital.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/21/indicacao_n22_-_ventilador_capela_mortuaria.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/22/indicacao_n23_-_redutor_de_velocidade_creche.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/23/indicacao_n24_-_iluminacao_na_rua_prof._antonio_monteiro_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/24/indicacao_n25_-_reforma_no_campo.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/25/indicacao_n26_-_promocao_de_seguranca_saude_e_dignidade_urbana_na_rua_jose_alcides_de_carvalho.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/26/indicacao_n27_-_obrigatoriedade_e_no_minimo_5__na_contratacao_de_pessoas_com_mais_de_40_anos.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/27/indicacao_n28_-_destinacao_de_parte_dos_recursos_do_icms_esportivo_para_o_custeio_de_inscricoes_transporte_alimentacao_e_demais_despesas_de_atletas_.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/28/indicacao_n29_-_aquisicao_do_antigo_cine_alvorada.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/29/indicacao_n30_-_instalacao_de_corrimaos_no_poliesportivo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/30/indicacao_n31_-_troca_de_refletores_e_iluminacao_do_campo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/31/indicacao_n32_-_limpeza_e_melhoria_da_rua_da_igreja_matriz.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/32/indicacao_n33_-_implantacao_de_infraestrutura_no_ponto_de_taxi.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/33/indicacao_n34_-_aquisicao_de_um_novo_esterilizador_de_pratos_e_talheres_para_as_escolas_.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/34/indicacao_n35_-_solicita_a_revitalizacao_das_placas_de_identificacao_de_ruas_no_bairro_nova_pequeri..pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/35/indicacao_n36_-_que_seja_providenciada_a_instalacao_de_um_corrimao_na_escadaria_da_cachoeirinha_e_que_coloque_cimento_no_lugar_do_chao_de_barro_ao_fim_da_escada_na_parte_de_cima..pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/36/indicacao_n37_-_solicita-se_a_realizacao_de_melhorias_na_iluminacao_publica_e_no_calcamento_no_trecho_final_da_rua_augusto_cortes..pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/37/indicacao_no_38_-_entrega_da_medalha_antero_dutra_a_sra._gioconda_vanni.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/38/indicacao_n39_-_solicita-se_melhorias_na_rua_23_de_maio_no_bairro_sao_pedro.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/39/indicacao_n_40_-_instalacao_de_cobertura_na_quadra_de_areia_do_complexo_esportivo_moacir_favero.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/40/indicacao_n41_-__construcao_de_uma_calcada_publica_em_toda_a_rua_professora_nair_temponi.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/41/indicacao_n_42.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/42/indicacao_n_43.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/43/indicacao_n_44.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/44/indicacao_n_45.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/117/mocao_de_aplausos_n01_-_atleta_danilo.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/118/mocao_de_aplausos_n02_-_equipe_de_esportes_torneio_bt.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/119/mocao_de_aplausos_n03_-_associacao_remer.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/120/mocao_de_aplausos_n04_-_equipe_de_esportes_-_volei.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/121/mocao_de_aplausos_n05_-_diretoria_e_membros_da_oab_de_bicas.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/122/mocao_de_aplausos_n06_-_evento_fusca_cremoso.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/123/mocao_de_aplausos_n7_-_homenagem_a_joao_gabriel_pinheiro_e_toda_equipe_do_haras_trimonte.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/124/mocao_de_aplausos_n8_-_homenagem_a_eduardo_rodrigues_costa.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/182/mocao_de_pesar_n1_-_nana_caymmi.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/183/mocao_de_pesar_n2_-_laerte_virgilio.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/233/projeto_de_lei_n01_-_dispoe_sobre_concessao_a_revisao_geral_anual_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/234/projeto_de_lei_n02_-_dispoe_sobre_a_abertura_de_credito_especial_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/235/projet1.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/236/projet1.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/237/projeto_de_lei_n05_-_dispoe_sobre_a_abertura_de_credito_especial_e_da_outras_providencias._esportes.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/238/projet1.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/239/projeto_de_lei_n07_-_dispoe_sobre_a_abertura_de_credito_especial_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/240/projet1.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/241/projet1.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/242/projeto_de_lei_n10_-_dispoe_sobre_a_alteracao_da_lei_municipal_1.126_2009_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/243/projeto_de_lei_n11_-_dispoe_sobre_a_abertura_e_credito_especial_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/244/projet1.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/245/projet1.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/246/projet1.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/247/projeto_de_lei_n15_-_dispoe_sobre_a_abertura_e_credito_especial_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/249/17_-_projeto_de_lei_-_autoriza_pagamento_de_multa_ambiental_1.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/224/pl_n02.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/225/pl_n03_-_da_nome_a_logradouro_publico_calcadao_neca_franco.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/226/pl_n04_-_reparacao_de_danos_das_empresas_concessionarias_de_servicos_publicos_ou_privadas.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/227/pl_n05_-_campanha_permanente_-_criancao_nao_namora_nem_brincando.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/228/projeto_de_lei_n06.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/229/projeto_de_lei_7.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/230/projeto_de_lei_8.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/231/projeto_de_lei_9.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/232/projeto_de_lei_10.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/218/requerimento_n02_-_informacoes_sobre_as_cameras_de_seguranca_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/219/requerimento_n04_-_informacoes_sobre_os_lixos_e_limpezas_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/220/requerimento-n-07-informacoes-sobre-a-gestao-da-escola-waldomiro_2.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/221/requerimento-n-08-entrega-presencial-das-mocoes.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/222/requerimento-n09-informacoes-do-conselho-municipal-de-educacao.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/1/indicacao_n01_-_colocacao_de_poste_rua_prof._nair_tempone.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/2/indicacao_n02_-_colocacao_de_poste_na_rua_antonio_arminio_daniel.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/3/indicacao_n03_-_reparos_calcadas_e_redutor_de_velocidade_na_rua_boanerges_dutra_de_morais.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/4/indicacao_n04_-_manutencao_na_rua_silvino_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/5/indicacao_n05_-_quadra_de_areia_nova_pequeri.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/6/indicacao_n06_-_retiradas_de_entulhos_no_juquinha_de_castro.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/7/indicacao_n07_-_cursinho_preparatorio_enem.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/8/indicacao_n08_-_janeiro_roxo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/9/indicacao_n09_-_colocacao_de_latoes_de_lixo_e_a_limpeza_da_rua_faride_batista_amaral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/10/indicacao_n10_-_iluminacao_nas_ruas_jose_alcides_de_carvalho_e_na_purificacao_marques_arantes.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/11/indicacao_n11_-_insalubridade_para_os_agentes_de_saude.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/12/indicacao_n12_-_melhorias_da_estrada_pequeri_x_sarandira.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/13/indicacao_n13_-_casa_de_passeio_para_cachorros_abandonados.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/14/indicacao_n14_-_redutor_de_velocidade_na_rua_dias_jr..pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/15/indicacao_n16_-manutencao_rua_sao_pedro.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/16/indicacao_n17_-_cobertura_creche_e_cobertura_complexo.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/17/indicacao_n18_-_redutor_de_velocidade_na_rua_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/18/indicacao_n19_-_limpeza_ribeirao.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/19/indicacao_n20_-_notificacao_para_donos_de_terrenos_baldios.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/20/indicacao_n21_-_gerador_de_energia_hospital.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/21/indicacao_n22_-_ventilador_capela_mortuaria.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/22/indicacao_n23_-_redutor_de_velocidade_creche.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/23/indicacao_n24_-_iluminacao_na_rua_prof._antonio_monteiro_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/24/indicacao_n25_-_reforma_no_campo.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/25/indicacao_n26_-_promocao_de_seguranca_saude_e_dignidade_urbana_na_rua_jose_alcides_de_carvalho.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/26/indicacao_n27_-_obrigatoriedade_e_no_minimo_5__na_contratacao_de_pessoas_com_mais_de_40_anos.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/27/indicacao_n28_-_destinacao_de_parte_dos_recursos_do_icms_esportivo_para_o_custeio_de_inscricoes_transporte_alimentacao_e_demais_despesas_de_atletas_.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/28/indicacao_n29_-_aquisicao_do_antigo_cine_alvorada.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/29/indicacao_n30_-_instalacao_de_corrimaos_no_poliesportivo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/30/indicacao_n31_-_troca_de_refletores_e_iluminacao_do_campo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/31/indicacao_n32_-_limpeza_e_melhoria_da_rua_da_igreja_matriz.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/32/indicacao_n33_-_implantacao_de_infraestrutura_no_ponto_de_taxi.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/33/indicacao_n34_-_aquisicao_de_um_novo_esterilizador_de_pratos_e_talheres_para_as_escolas_.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/34/indicacao_n35_-_solicita_a_revitalizacao_das_placas_de_identificacao_de_ruas_no_bairro_nova_pequeri..pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/35/indicacao_n36_-_que_seja_providenciada_a_instalacao_de_um_corrimao_na_escadaria_da_cachoeirinha_e_que_coloque_cimento_no_lugar_do_chao_de_barro_ao_fim_da_escada_na_parte_de_cima..pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/36/indicacao_n37_-_solicita-se_a_realizacao_de_melhorias_na_iluminacao_publica_e_no_calcamento_no_trecho_final_da_rua_augusto_cortes..pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/37/indicacao_no_38_-_entrega_da_medalha_antero_dutra_a_sra._gioconda_vanni.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/38/indicacao_n39_-_solicita-se_melhorias_na_rua_23_de_maio_no_bairro_sao_pedro.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/39/indicacao_n_40_-_instalacao_de_cobertura_na_quadra_de_areia_do_complexo_esportivo_moacir_favero.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/40/indicacao_n41_-__construcao_de_uma_calcada_publica_em_toda_a_rua_professora_nair_temponi.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/41/indicacao_n_42.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/42/indicacao_n_43.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/43/indicacao_n_44.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/44/indicacao_n_45.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/274/projeto_de_resolucao_n01_-_institui_no_ambito_da_camara_municipal_de_pequeri_a_camara_online_e_da_outras_providencias_.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/275/projeto_de_resolucao_n02_-_dispoe_sobre_a_autorizacao_para_participacao_no_parlamento_jovem_da_assembleia_legislativa_e_da_outras_providencias_.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/276/projeto_de_resolucao_n03_-_institui_a_camara_mirim_no_municipio_de_pequeri_e_estabelece_normas_para_seu_funcionamento.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/277/projeto_de_resolucao_n04_-_institui_o_programa_camara_itinerante_no_municipio_de_pequeri.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/278/projeto_de_resolucao_n05_-_fixa_normas_de_uso_do_veiculo_oficial_da_camara_municipal_de_pequeri_e_da_outras_providencias_.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/279/projeto_de_resolucao_n06_-_institui_o_codigo_de_etica_e_decoro_parlamentar_.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/280/projeto_de_resolucao_n07_-_institui_as_visitas_guiadas_para_estudantes_no_ambito_da_na_camara_municipal_de_pequeri_e_da_outras_providencias_.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/281/projeto_de_resolucao_n08_.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/282/projeto_de_resolucao_n10.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/283/prop_112025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/284/projeto_de_resolucao_n12.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/285/projeto_de_resolucao_n13.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/286/projeto_de_resolucao_n14.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/223/projeto_de_lei_complementar_n01_-_cargos_e_atribuicoes.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/117/mocao_de_aplausos_n01_-_atleta_danilo.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/118/mocao_de_aplausos_n02_-_equipe_de_esportes_torneio_bt.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/119/mocao_de_aplausos_n03_-_associacao_remer.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/120/mocao_de_aplausos_n04_-_equipe_de_esportes_-_volei.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/121/mocao_de_aplausos_n05_-_diretoria_e_membros_da_oab_de_bicas.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/122/mocao_de_aplausos_n06_-_evento_fusca_cremoso.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/123/mocao_de_aplausos_n7_-_homenagem_a_joao_gabriel_pinheiro_e_toda_equipe_do_haras_trimonte.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/124/mocao_de_aplausos_n8_-_homenagem_a_eduardo_rodrigues_costa.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/182/mocao_de_pesar_n1_-_nana_caymmi.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/183/mocao_de_pesar_n2_-_laerte_virgilio.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/233/projeto_de_lei_n01_-_dispoe_sobre_concessao_a_revisao_geral_anual_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/234/projeto_de_lei_n02_-_dispoe_sobre_a_abertura_de_credito_especial_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/235/projet1.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/236/projet1.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/237/projeto_de_lei_n05_-_dispoe_sobre_a_abertura_de_credito_especial_e_da_outras_providencias._esportes.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/238/projet1.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/239/projeto_de_lei_n07_-_dispoe_sobre_a_abertura_de_credito_especial_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/240/projet1.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/241/projet1.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/242/projeto_de_lei_n10_-_dispoe_sobre_a_alteracao_da_lei_municipal_1.126_2009_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/243/projeto_de_lei_n11_-_dispoe_sobre_a_abertura_e_credito_especial_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/244/projet1.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/245/projet1.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/246/projet1.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/247/projeto_de_lei_n15_-_dispoe_sobre_a_abertura_e_credito_especial_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/249/17_-_projeto_de_lei_-_autoriza_pagamento_de_multa_ambiental_1.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H87"/>
+  <dimension ref="A1:H100"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="29.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="250.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1374,2239 +1507,2577 @@
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
-      <c r="F3" t="s">
+      <c r="G3" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="G3" s="1" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
         <v>21</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
+      </c>
+      <c r="F4" t="s">
+        <v>22</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>23</v>
       </c>
       <c r="H4" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>25</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>26</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
+        <v>22</v>
+      </c>
+      <c r="G5" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="G5" s="1" t="s">
+      <c r="H5" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
+        <v>29</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
         <v>30</v>
-      </c>
-[...4 lines deleted...]
-        <v>31</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>32</v>
       </c>
       <c r="H6" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>34</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>35</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
+        <v>22</v>
+      </c>
+      <c r="G7" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="G7" s="1" t="s">
+      <c r="H7" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>38</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G8" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H8" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>42</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
         <v>43</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
         <v>12</v>
       </c>
       <c r="F9" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H9" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>12</v>
       </c>
       <c r="F10" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H10" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>49</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>10</v>
+      </c>
+      <c r="D11" t="s">
         <v>50</v>
       </c>
-      <c r="B11" t="s">
-[...2 lines deleted...]
-      <c r="C11" t="s">
+      <c r="E11" t="s">
         <v>51</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H11" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D12" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="E12" t="s">
+        <v>51</v>
+      </c>
+      <c r="F12" t="s">
+        <v>52</v>
+      </c>
+      <c r="G12" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="F12" t="s">
+      <c r="H12" t="s">
         <v>57</v>
-      </c>
-[...4 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>58</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>35</v>
+      </c>
+      <c r="D13" t="s">
+        <v>50</v>
+      </c>
+      <c r="E13" t="s">
+        <v>51</v>
+      </c>
+      <c r="F13" t="s">
+        <v>52</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H13" t="s">
         <v>60</v>
-      </c>
-[...19 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>61</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>39</v>
+      </c>
+      <c r="D14" t="s">
+        <v>50</v>
+      </c>
+      <c r="E14" t="s">
+        <v>51</v>
+      </c>
+      <c r="F14" t="s">
+        <v>52</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H14" t="s">
         <v>63</v>
-      </c>
-[...19 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>64</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>43</v>
+      </c>
+      <c r="D15" t="s">
+        <v>50</v>
+      </c>
+      <c r="E15" t="s">
+        <v>51</v>
+      </c>
+      <c r="F15" t="s">
+        <v>52</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="H15" t="s">
         <v>66</v>
-      </c>
-[...19 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>48</v>
+        <v>67</v>
       </c>
       <c r="D16" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="E16" t="s">
-        <v>56</v>
+        <v>69</v>
       </c>
       <c r="F16" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="H16" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>10</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="E17" t="s">
+        <v>69</v>
+      </c>
+      <c r="F17" t="s">
+        <v>70</v>
+      </c>
+      <c r="G17" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="F17" t="s">
+      <c r="H17" t="s">
         <v>74</v>
-      </c>
-[...4 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>17</v>
       </c>
       <c r="D18" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="E18" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="F18" t="s">
-        <v>74</v>
+        <v>31</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="H18" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D19" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="E19" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="F19" t="s">
-        <v>36</v>
+        <v>70</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H19" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>26</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>26</v>
       </c>
       <c r="D20" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="E20" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="F20" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="H20" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="D21" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="E21" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="F21" t="s">
-        <v>74</v>
+        <v>52</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="H21" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>35</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>35</v>
       </c>
       <c r="D22" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="E22" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="F22" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="H22" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="D23" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="E23" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="F23" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="H23" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="D24" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="E24" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="F24" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="H24" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="D25" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="E25" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="F25" t="s">
-        <v>74</v>
+        <v>31</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="H25" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>51</v>
+        <v>91</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>51</v>
+        <v>91</v>
       </c>
       <c r="D26" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="E26" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="F26" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="G26" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="H26" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
+        <v>94</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>94</v>
+      </c>
+      <c r="D27" t="s">
+        <v>68</v>
+      </c>
+      <c r="E27" t="s">
+        <v>69</v>
+      </c>
+      <c r="F27" t="s">
+        <v>31</v>
+      </c>
+      <c r="G27" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="B27" t="s">
-[...14 lines deleted...]
-      <c r="G27" s="1" t="s">
+      <c r="H27" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
+        <v>97</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>97</v>
+      </c>
+      <c r="D28" t="s">
+        <v>68</v>
+      </c>
+      <c r="E28" t="s">
+        <v>69</v>
+      </c>
+      <c r="F28" t="s">
+        <v>52</v>
+      </c>
+      <c r="G28" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="B28" t="s">
-[...14 lines deleted...]
-      <c r="G28" s="1" t="s">
+      <c r="H28" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
+        <v>100</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>100</v>
+      </c>
+      <c r="D29" t="s">
+        <v>68</v>
+      </c>
+      <c r="E29" t="s">
+        <v>69</v>
+      </c>
+      <c r="F29" t="s">
+        <v>70</v>
+      </c>
+      <c r="G29" s="1" t="s">
         <v>101</v>
       </c>
-      <c r="B29" t="s">
-[...14 lines deleted...]
-      <c r="G29" s="1" t="s">
+      <c r="H29" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>104</v>
       </c>
       <c r="D30" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="E30" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="F30" t="s">
-        <v>74</v>
+        <v>52</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>105</v>
       </c>
       <c r="H30" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
+        <v>104</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
         <v>107</v>
       </c>
-      <c r="B31" t="s">
-[...2 lines deleted...]
-      <c r="C31" t="s">
+      <c r="D31" t="s">
+        <v>68</v>
+      </c>
+      <c r="E31" t="s">
+        <v>69</v>
+      </c>
+      <c r="F31" t="s">
+        <v>52</v>
+      </c>
+      <c r="G31" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="D31" t="s">
-[...8 lines deleted...]
-      <c r="G31" s="1" t="s">
+      <c r="H31" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
+        <v>110</v>
+      </c>
+      <c r="D32" t="s">
+        <v>68</v>
+      </c>
+      <c r="E32" t="s">
+        <v>69</v>
+      </c>
+      <c r="F32" t="s">
+        <v>70</v>
+      </c>
+      <c r="G32" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="D32" t="s">
-[...8 lines deleted...]
-      <c r="G32" s="1" t="s">
+      <c r="H32" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
+        <v>113</v>
+      </c>
+      <c r="D33" t="s">
+        <v>68</v>
+      </c>
+      <c r="E33" t="s">
+        <v>69</v>
+      </c>
+      <c r="F33" t="s">
+        <v>52</v>
+      </c>
+      <c r="G33" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="D33" t="s">
-[...8 lines deleted...]
-      <c r="G33" s="1" t="s">
+      <c r="H33" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
+        <v>116</v>
+      </c>
+      <c r="D34" t="s">
+        <v>68</v>
+      </c>
+      <c r="E34" t="s">
+        <v>69</v>
+      </c>
+      <c r="F34" t="s">
+        <v>52</v>
+      </c>
+      <c r="G34" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="D34" t="s">
-[...8 lines deleted...]
-      <c r="G34" s="1" t="s">
+      <c r="H34" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
+        <v>119</v>
+      </c>
+      <c r="D35" t="s">
+        <v>68</v>
+      </c>
+      <c r="E35" t="s">
+        <v>69</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="D35" t="s">
-[...8 lines deleted...]
-      <c r="G35" s="1" t="s">
+      <c r="H35" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
+        <v>122</v>
+      </c>
+      <c r="D36" t="s">
+        <v>68</v>
+      </c>
+      <c r="E36" t="s">
+        <v>69</v>
+      </c>
+      <c r="F36" t="s">
+        <v>70</v>
+      </c>
+      <c r="G36" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="D36" t="s">
-[...8 lines deleted...]
-      <c r="G36" s="1" t="s">
+      <c r="H36" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
+        <v>125</v>
+      </c>
+      <c r="D37" t="s">
+        <v>68</v>
+      </c>
+      <c r="E37" t="s">
+        <v>69</v>
+      </c>
+      <c r="F37" t="s">
+        <v>31</v>
+      </c>
+      <c r="G37" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="D37" t="s">
-[...8 lines deleted...]
-      <c r="G37" s="1" t="s">
+      <c r="H37" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
+        <v>128</v>
+      </c>
+      <c r="D38" t="s">
+        <v>68</v>
+      </c>
+      <c r="E38" t="s">
+        <v>69</v>
+      </c>
+      <c r="F38" t="s">
+        <v>52</v>
+      </c>
+      <c r="G38" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="D38" t="s">
-[...8 lines deleted...]
-      <c r="G38" s="1" t="s">
+      <c r="H38" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
+        <v>131</v>
+      </c>
+      <c r="D39" t="s">
+        <v>68</v>
+      </c>
+      <c r="E39" t="s">
+        <v>69</v>
+      </c>
+      <c r="F39" t="s">
+        <v>31</v>
+      </c>
+      <c r="G39" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="D39" t="s">
-[...8 lines deleted...]
-      <c r="G39" s="1" t="s">
+      <c r="H39" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
+        <v>134</v>
+      </c>
+      <c r="D40" t="s">
+        <v>68</v>
+      </c>
+      <c r="E40" t="s">
+        <v>69</v>
+      </c>
+      <c r="F40" t="s">
+        <v>52</v>
+      </c>
+      <c r="G40" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="D40" t="s">
-[...8 lines deleted...]
-      <c r="G40" s="1" t="s">
+      <c r="H40" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
+        <v>137</v>
+      </c>
+      <c r="D41" t="s">
+        <v>68</v>
+      </c>
+      <c r="E41" t="s">
+        <v>69</v>
+      </c>
+      <c r="F41" t="s">
+        <v>52</v>
+      </c>
+      <c r="G41" s="1" t="s">
         <v>138</v>
       </c>
-      <c r="D41" t="s">
-[...8 lines deleted...]
-      <c r="G41" s="1" t="s">
+      <c r="H41" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
+        <v>140</v>
+      </c>
+      <c r="D42" t="s">
+        <v>68</v>
+      </c>
+      <c r="E42" t="s">
+        <v>69</v>
+      </c>
+      <c r="F42" t="s">
+        <v>52</v>
+      </c>
+      <c r="G42" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="D42" t="s">
-[...8 lines deleted...]
-      <c r="G42" s="1" t="s">
+      <c r="H42" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
+        <v>143</v>
+      </c>
+      <c r="D43" t="s">
+        <v>68</v>
+      </c>
+      <c r="E43" t="s">
+        <v>69</v>
+      </c>
+      <c r="F43" t="s">
+        <v>52</v>
+      </c>
+      <c r="G43" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="D43" t="s">
-[...8 lines deleted...]
-      <c r="G43" s="1" t="s">
+      <c r="H43" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
+        <v>146</v>
+      </c>
+      <c r="D44" t="s">
+        <v>68</v>
+      </c>
+      <c r="E44" t="s">
+        <v>69</v>
+      </c>
+      <c r="F44" t="s">
+        <v>52</v>
+      </c>
+      <c r="G44" s="1" t="s">
         <v>147</v>
       </c>
-      <c r="D44" t="s">
-[...8 lines deleted...]
-      <c r="G44" s="1" t="s">
+      <c r="H44" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
+        <v>149</v>
+      </c>
+      <c r="D45" t="s">
+        <v>68</v>
+      </c>
+      <c r="E45" t="s">
+        <v>69</v>
+      </c>
+      <c r="F45" t="s">
+        <v>70</v>
+      </c>
+      <c r="G45" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="D45" t="s">
-[...8 lines deleted...]
-      <c r="G45" s="1" t="s">
+      <c r="H45" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
+        <v>152</v>
+      </c>
+      <c r="D46" t="s">
+        <v>68</v>
+      </c>
+      <c r="E46" t="s">
+        <v>69</v>
+      </c>
+      <c r="F46" t="s">
+        <v>70</v>
+      </c>
+      <c r="G46" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D46" t="s">
-[...8 lines deleted...]
-      <c r="G46" s="1" t="s">
+      <c r="H46" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
+        <v>155</v>
+      </c>
+      <c r="D47" t="s">
+        <v>68</v>
+      </c>
+      <c r="E47" t="s">
+        <v>69</v>
+      </c>
+      <c r="F47" t="s">
         <v>156</v>
-      </c>
-[...7 lines deleted...]
-        <v>74</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>157</v>
       </c>
       <c r="H47" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>159</v>
       </c>
       <c r="D48" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="E48" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="F48" t="s">
+        <v>52</v>
+      </c>
+      <c r="G48" s="1" t="s">
         <v>160</v>
       </c>
-      <c r="G48" s="1" t="s">
+      <c r="H48" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>159</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
+        <v>162</v>
+      </c>
+      <c r="D49" t="s">
+        <v>68</v>
+      </c>
+      <c r="E49" t="s">
+        <v>69</v>
+      </c>
+      <c r="F49" t="s">
         <v>163</v>
-      </c>
-[...7 lines deleted...]
-        <v>57</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>164</v>
       </c>
       <c r="H49" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>166</v>
       </c>
       <c r="D50" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="E50" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="F50" t="s">
+        <v>70</v>
+      </c>
+      <c r="G50" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="G50" s="1" t="s">
+      <c r="H50" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>166</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
+        <v>169</v>
+      </c>
+      <c r="D51" t="s">
+        <v>68</v>
+      </c>
+      <c r="E51" t="s">
+        <v>69</v>
+      </c>
+      <c r="F51" t="s">
+        <v>31</v>
+      </c>
+      <c r="G51" s="1" t="s">
         <v>170</v>
       </c>
-      <c r="D51" t="s">
-[...8 lines deleted...]
-      <c r="G51" s="1" t="s">
+      <c r="H51" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
+        <v>172</v>
+      </c>
+      <c r="D52" t="s">
+        <v>68</v>
+      </c>
+      <c r="E52" t="s">
+        <v>69</v>
+      </c>
+      <c r="F52" t="s">
+        <v>52</v>
+      </c>
+      <c r="G52" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="D52" t="s">
-[...8 lines deleted...]
-      <c r="G52" s="1" t="s">
+      <c r="H52" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
+        <v>175</v>
+      </c>
+      <c r="D53" t="s">
+        <v>68</v>
+      </c>
+      <c r="E53" t="s">
+        <v>69</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" s="1" t="s">
         <v>176</v>
       </c>
-      <c r="D53" t="s">
-[...8 lines deleted...]
-      <c r="G53" s="1" t="s">
+      <c r="H53" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
+        <v>178</v>
+      </c>
+      <c r="D54" t="s">
+        <v>68</v>
+      </c>
+      <c r="E54" t="s">
+        <v>69</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="D54" t="s">
-[...8 lines deleted...]
-      <c r="G54" s="1" t="s">
+      <c r="H54" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
+        <v>181</v>
+      </c>
+      <c r="D55" t="s">
+        <v>68</v>
+      </c>
+      <c r="E55" t="s">
+        <v>69</v>
+      </c>
+      <c r="F55" t="s">
+        <v>31</v>
+      </c>
+      <c r="G55" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="D55" t="s">
-[...8 lines deleted...]
-      <c r="G55" s="1" t="s">
+      <c r="H55" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
+        <v>184</v>
+      </c>
+      <c r="D56" t="s">
+        <v>68</v>
+      </c>
+      <c r="E56" t="s">
+        <v>69</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" s="1" t="s">
         <v>185</v>
       </c>
-      <c r="D56" t="s">
-[...8 lines deleted...]
-      <c r="G56" s="1" t="s">
+      <c r="H56" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
+        <v>187</v>
+      </c>
+      <c r="D57" t="s">
+        <v>68</v>
+      </c>
+      <c r="E57" t="s">
+        <v>69</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" s="1" t="s">
         <v>188</v>
       </c>
-      <c r="D57" t="s">
-[...8 lines deleted...]
-      <c r="G57" s="1" t="s">
+      <c r="H57" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
+        <v>190</v>
+      </c>
+      <c r="D58" t="s">
+        <v>68</v>
+      </c>
+      <c r="E58" t="s">
+        <v>69</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" s="1" t="s">
         <v>191</v>
       </c>
-      <c r="D58" t="s">
-[...8 lines deleted...]
-      <c r="G58" s="1" t="s">
+      <c r="H58" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
+        <v>193</v>
+      </c>
+      <c r="D59" t="s">
+        <v>68</v>
+      </c>
+      <c r="E59" t="s">
+        <v>69</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" s="1" t="s">
         <v>194</v>
       </c>
-      <c r="D59" t="s">
-[...8 lines deleted...]
-      <c r="G59" s="1" t="s">
+      <c r="H59" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
+        <v>67</v>
+      </c>
+      <c r="D60" t="s">
         <v>197</v>
       </c>
-      <c r="D60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E60" t="s">
-        <v>73</v>
+        <v>198</v>
       </c>
       <c r="F60" t="s">
-        <v>18</v>
+        <v>199</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="H60" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="E61" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="F61" t="s">
-        <v>57</v>
+        <v>199</v>
       </c>
       <c r="G61" s="1" t="s">
         <v>203</v>
       </c>
       <c r="H61" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>205</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>17</v>
       </c>
       <c r="D62" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="E62" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="F62" t="s">
-        <v>74</v>
+        <v>199</v>
       </c>
       <c r="G62" s="1" t="s">
         <v>206</v>
       </c>
       <c r="H62" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>208</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D63" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="E63" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="F63" t="s">
-        <v>57</v>
+        <v>199</v>
       </c>
       <c r="G63" s="1" t="s">
         <v>209</v>
       </c>
       <c r="H63" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>211</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>26</v>
       </c>
       <c r="D64" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="E64" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="F64" t="s">
-        <v>57</v>
+        <v>199</v>
       </c>
       <c r="G64" s="1" t="s">
         <v>212</v>
       </c>
       <c r="H64" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>214</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="D65" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="E65" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="F65" t="s">
-        <v>57</v>
+        <v>199</v>
       </c>
       <c r="G65" s="1" t="s">
         <v>215</v>
       </c>
       <c r="H65" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>217</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>35</v>
       </c>
       <c r="D66" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="E66" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="F66" t="s">
-        <v>36</v>
+        <v>199</v>
       </c>
       <c r="G66" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H66" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>220</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="D67" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="E67" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="F67" t="s">
+        <v>199</v>
+      </c>
+      <c r="G67" s="1" t="s">
         <v>221</v>
       </c>
-      <c r="G67" s="1" t="s">
+      <c r="H67" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
+        <v>223</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>46</v>
+      </c>
+      <c r="D68" t="s">
+        <v>197</v>
+      </c>
+      <c r="E68" t="s">
+        <v>198</v>
+      </c>
+      <c r="F68" t="s">
+        <v>199</v>
+      </c>
+      <c r="G68" s="1" t="s">
         <v>224</v>
       </c>
-      <c r="B68" t="s">
-[...14 lines deleted...]
-      <c r="G68" s="1" t="s">
+      <c r="H68" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
+        <v>226</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>91</v>
+      </c>
+      <c r="D69" t="s">
+        <v>197</v>
+      </c>
+      <c r="E69" t="s">
+        <v>198</v>
+      </c>
+      <c r="F69" t="s">
+        <v>199</v>
+      </c>
+      <c r="G69" s="1" t="s">
         <v>227</v>
       </c>
-      <c r="B69" t="s">
-[...5 lines deleted...]
-      <c r="D69" t="s">
+      <c r="H69" t="s">
         <v>228</v>
-      </c>
-[...10 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>17</v>
+        <v>94</v>
       </c>
       <c r="D70" t="s">
-        <v>228</v>
+        <v>197</v>
       </c>
       <c r="E70" t="s">
-        <v>229</v>
+        <v>198</v>
       </c>
       <c r="F70" t="s">
-        <v>160</v>
+        <v>199</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="H70" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>10</v>
+        <v>97</v>
       </c>
       <c r="D71" t="s">
-        <v>236</v>
+        <v>197</v>
       </c>
       <c r="E71" t="s">
-        <v>237</v>
+        <v>198</v>
       </c>
       <c r="F71" t="s">
-        <v>13</v>
+        <v>199</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="H71" t="s">
-        <v>239</v>
+        <v>234</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>17</v>
+        <v>100</v>
       </c>
       <c r="D72" t="s">
+        <v>197</v>
+      </c>
+      <c r="E72" t="s">
+        <v>198</v>
+      </c>
+      <c r="F72" t="s">
+        <v>199</v>
+      </c>
+      <c r="G72" s="1" t="s">
         <v>236</v>
       </c>
-      <c r="E72" t="s">
+      <c r="H72" t="s">
         <v>237</v>
-      </c>
-[...7 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
+        <v>238</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>67</v>
+      </c>
+      <c r="D73" t="s">
+        <v>239</v>
+      </c>
+      <c r="E73" t="s">
+        <v>240</v>
+      </c>
+      <c r="F73" t="s">
+        <v>241</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="H73" t="s">
         <v>243</v>
-      </c>
-[...19 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
+        <v>244</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>67</v>
+      </c>
+      <c r="D74" t="s">
+        <v>245</v>
+      </c>
+      <c r="E74" t="s">
         <v>246</v>
       </c>
-      <c r="B74" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F74" t="s">
-        <v>13</v>
+        <v>52</v>
       </c>
       <c r="G74" s="1" t="s">
         <v>247</v>
       </c>
       <c r="H74" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>249</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="D75" t="s">
-        <v>236</v>
+        <v>245</v>
       </c>
       <c r="E75" t="s">
-        <v>237</v>
+        <v>246</v>
       </c>
       <c r="F75" t="s">
-        <v>13</v>
+        <v>70</v>
       </c>
       <c r="G75" s="1" t="s">
         <v>250</v>
       </c>
       <c r="H75" t="s">
-        <v>242</v>
+        <v>251</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="D76" t="s">
-        <v>236</v>
+        <v>245</v>
       </c>
       <c r="E76" t="s">
-        <v>237</v>
+        <v>246</v>
       </c>
       <c r="F76" t="s">
-        <v>13</v>
+        <v>52</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="H76" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>40</v>
+        <v>21</v>
       </c>
       <c r="D77" t="s">
-        <v>236</v>
+        <v>245</v>
       </c>
       <c r="E77" t="s">
-        <v>237</v>
+        <v>246</v>
       </c>
       <c r="F77" t="s">
-        <v>13</v>
+        <v>52</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="H77" t="s">
-        <v>242</v>
+        <v>257</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="D78" t="s">
-        <v>236</v>
+        <v>245</v>
       </c>
       <c r="E78" t="s">
-        <v>237</v>
+        <v>246</v>
       </c>
       <c r="F78" t="s">
-        <v>13</v>
+        <v>52</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="H78" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>48</v>
+        <v>30</v>
       </c>
       <c r="D79" t="s">
-        <v>236</v>
+        <v>245</v>
       </c>
       <c r="E79" t="s">
-        <v>237</v>
+        <v>246</v>
       </c>
       <c r="F79" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="H79" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>51</v>
+        <v>35</v>
       </c>
       <c r="D80" t="s">
-        <v>236</v>
+        <v>245</v>
       </c>
       <c r="E80" t="s">
-        <v>237</v>
+        <v>246</v>
       </c>
       <c r="F80" t="s">
-        <v>13</v>
+        <v>265</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="H80" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>95</v>
+        <v>39</v>
       </c>
       <c r="D81" t="s">
-        <v>236</v>
+        <v>245</v>
       </c>
       <c r="E81" t="s">
-        <v>237</v>
+        <v>246</v>
       </c>
       <c r="F81" t="s">
-        <v>13</v>
+        <v>70</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="H81" t="s">
-        <v>242</v>
+        <v>270</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>98</v>
+        <v>67</v>
       </c>
       <c r="D82" t="s">
-        <v>236</v>
+        <v>272</v>
       </c>
       <c r="E82" t="s">
-        <v>237</v>
+        <v>273</v>
       </c>
       <c r="F82" t="s">
-        <v>13</v>
+        <v>52</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>268</v>
+        <v>274</v>
       </c>
       <c r="H82" t="s">
-        <v>269</v>
+        <v>275</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>101</v>
+        <v>10</v>
       </c>
       <c r="D83" t="s">
-        <v>236</v>
+        <v>272</v>
       </c>
       <c r="E83" t="s">
-        <v>237</v>
+        <v>273</v>
       </c>
       <c r="F83" t="s">
-        <v>13</v>
+        <v>156</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
       <c r="H83" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>104</v>
+        <v>67</v>
       </c>
       <c r="D84" t="s">
-        <v>236</v>
+        <v>280</v>
       </c>
       <c r="E84" t="s">
-        <v>237</v>
+        <v>281</v>
       </c>
       <c r="F84" t="s">
-        <v>13</v>
+        <v>241</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="H84" t="s">
-        <v>275</v>
+        <v>283</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>276</v>
+        <v>284</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>107</v>
+        <v>10</v>
       </c>
       <c r="D85" t="s">
-        <v>236</v>
+        <v>280</v>
       </c>
       <c r="E85" t="s">
-        <v>237</v>
+        <v>281</v>
       </c>
       <c r="F85" t="s">
-        <v>13</v>
+        <v>241</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="H85" t="s">
-        <v>242</v>
+        <v>286</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>278</v>
+        <v>287</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>108</v>
+        <v>17</v>
       </c>
       <c r="D86" t="s">
-        <v>236</v>
+        <v>280</v>
       </c>
       <c r="E86" t="s">
-        <v>237</v>
+        <v>281</v>
       </c>
       <c r="F86" t="s">
-        <v>13</v>
+        <v>241</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>279</v>
+        <v>288</v>
       </c>
       <c r="H86" t="s">
-        <v>280</v>
+        <v>289</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
+        <v>290</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>21</v>
+      </c>
+      <c r="D87" t="s">
+        <v>280</v>
+      </c>
+      <c r="E87" t="s">
         <v>281</v>
       </c>
-      <c r="B87" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F87" t="s">
-        <v>13</v>
+        <v>241</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>282</v>
+        <v>291</v>
       </c>
       <c r="H87" t="s">
-        <v>283</v>
+        <v>292</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>293</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>26</v>
+      </c>
+      <c r="D88" t="s">
+        <v>280</v>
+      </c>
+      <c r="E88" t="s">
+        <v>281</v>
+      </c>
+      <c r="F88" t="s">
+        <v>241</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="H88" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>295</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>30</v>
+      </c>
+      <c r="D89" t="s">
+        <v>280</v>
+      </c>
+      <c r="E89" t="s">
+        <v>281</v>
+      </c>
+      <c r="F89" t="s">
+        <v>241</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="H89" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>298</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>35</v>
+      </c>
+      <c r="D90" t="s">
+        <v>280</v>
+      </c>
+      <c r="E90" t="s">
+        <v>281</v>
+      </c>
+      <c r="F90" t="s">
+        <v>241</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="H90" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>300</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>39</v>
+      </c>
+      <c r="D91" t="s">
+        <v>280</v>
+      </c>
+      <c r="E91" t="s">
+        <v>281</v>
+      </c>
+      <c r="F91" t="s">
+        <v>241</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="H91" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>303</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>43</v>
+      </c>
+      <c r="D92" t="s">
+        <v>280</v>
+      </c>
+      <c r="E92" t="s">
+        <v>281</v>
+      </c>
+      <c r="F92" t="s">
+        <v>241</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="H92" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>306</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>46</v>
+      </c>
+      <c r="D93" t="s">
+        <v>280</v>
+      </c>
+      <c r="E93" t="s">
+        <v>281</v>
+      </c>
+      <c r="F93" t="s">
+        <v>241</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="H93" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>309</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>91</v>
+      </c>
+      <c r="D94" t="s">
+        <v>280</v>
+      </c>
+      <c r="E94" t="s">
+        <v>281</v>
+      </c>
+      <c r="F94" t="s">
+        <v>241</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="H94" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>311</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>94</v>
+      </c>
+      <c r="D95" t="s">
+        <v>280</v>
+      </c>
+      <c r="E95" t="s">
+        <v>281</v>
+      </c>
+      <c r="F95" t="s">
+        <v>241</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="H95" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>314</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>97</v>
+      </c>
+      <c r="D96" t="s">
+        <v>280</v>
+      </c>
+      <c r="E96" t="s">
+        <v>281</v>
+      </c>
+      <c r="F96" t="s">
+        <v>241</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H96" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>317</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>100</v>
+      </c>
+      <c r="D97" t="s">
+        <v>280</v>
+      </c>
+      <c r="E97" t="s">
+        <v>281</v>
+      </c>
+      <c r="F97" t="s">
+        <v>241</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="H97" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>320</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>103</v>
+      </c>
+      <c r="D98" t="s">
+        <v>280</v>
+      </c>
+      <c r="E98" t="s">
+        <v>281</v>
+      </c>
+      <c r="F98" t="s">
+        <v>241</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="H98" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>322</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>104</v>
+      </c>
+      <c r="D99" t="s">
+        <v>280</v>
+      </c>
+      <c r="E99" t="s">
+        <v>281</v>
+      </c>
+      <c r="F99" t="s">
+        <v>241</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="H99" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>325</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>107</v>
+      </c>
+      <c r="D100" t="s">
+        <v>280</v>
+      </c>
+      <c r="E100" t="s">
+        <v>281</v>
+      </c>
+      <c r="F100" t="s">
+        <v>241</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="H100" t="s">
+        <v>327</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -3653,50 +4124,63 @@
     <hyperlink ref="G63" r:id="rId62"/>
     <hyperlink ref="G64" r:id="rId63"/>
     <hyperlink ref="G65" r:id="rId64"/>
     <hyperlink ref="G66" r:id="rId65"/>
     <hyperlink ref="G67" r:id="rId66"/>
     <hyperlink ref="G68" r:id="rId67"/>
     <hyperlink ref="G69" r:id="rId68"/>
     <hyperlink ref="G70" r:id="rId69"/>
     <hyperlink ref="G71" r:id="rId70"/>
     <hyperlink ref="G72" r:id="rId71"/>
     <hyperlink ref="G73" r:id="rId72"/>
     <hyperlink ref="G74" r:id="rId73"/>
     <hyperlink ref="G75" r:id="rId74"/>
     <hyperlink ref="G76" r:id="rId75"/>
     <hyperlink ref="G77" r:id="rId76"/>
     <hyperlink ref="G78" r:id="rId77"/>
     <hyperlink ref="G79" r:id="rId78"/>
     <hyperlink ref="G80" r:id="rId79"/>
     <hyperlink ref="G81" r:id="rId80"/>
     <hyperlink ref="G82" r:id="rId81"/>
     <hyperlink ref="G83" r:id="rId82"/>
     <hyperlink ref="G84" r:id="rId83"/>
     <hyperlink ref="G85" r:id="rId84"/>
     <hyperlink ref="G86" r:id="rId85"/>
     <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
+    <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
+    <hyperlink ref="G95" r:id="rId94"/>
+    <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
+    <hyperlink ref="G99" r:id="rId98"/>
+    <hyperlink ref="G100" r:id="rId99"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>