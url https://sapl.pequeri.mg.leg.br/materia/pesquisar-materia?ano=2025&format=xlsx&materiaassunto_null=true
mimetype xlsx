--- v1 (2026-01-22)
+++ v2 (2026-03-22)
@@ -10,1111 +10,1442 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="799" uniqueCount="328">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="999" uniqueCount="412">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>PLO</t>
-[...2 lines deleted...]
-    <t>Projeto de Lei Ordinária</t>
+    <t>PLOL</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária - Legislativo</t>
   </si>
   <si>
     <t>Mirian de Paula Costa</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/224/pl_n02.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/224/pl_n02.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA MUNICIPAL DAS MULHERES QUE BRILHAM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/225/pl_n03_-_da_nome_a_logradouro_publico_calcadao_neca_franco.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/225/pl_n03_-_da_nome_a_logradouro_publico_calcadao_neca_franco.pdf</t>
   </si>
   <si>
     <t>Da nome a Logradouro Público localizado na Rua Santa Rita e dá outras providências</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Cleydson Silva Ângelo</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/226/pl_n04_-_reparacao_de_danos_das_empresas_concessionarias_de_servicos_publicos_ou_privadas.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/226/pl_n04_-_reparacao_de_danos_das_empresas_concessionarias_de_servicos_publicos_ou_privadas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o dever das empresas concessionárias de serviços públicos, ou quaisquer outras empresas públicas ou privadas, repararem os danos_x000D_
 causados após a execução de seus serviços, nas vias e logradouros públicos do Município de Pequeri.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/227/pl_n05_-_campanha_permanente_-_criancao_nao_namora_nem_brincando.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/227/pl_n05_-_campanha_permanente_-_criancao_nao_namora_nem_brincando.pdf</t>
   </si>
   <si>
     <t>Institui a Campanha Permanente "Criança não namora, nem brincando!" no âmbito do Município de Pequeri/MG.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Fabiano Bruno Rezende</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/228/projeto_de_lei_n06.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/228/projeto_de_lei_n06.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE PEQUERI O “DEZEMBRO VERDE”.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/229/projeto_de_lei_7.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/229/projeto_de_lei_7.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da sede da Farmácia Municipal (de Minas) localizada no Município de Pequeri</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/230/projeto_de_lei_8.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/230/projeto_de_lei_8.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a transparência da lista de medicamentos disponíveis na Farmácia Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/231/projeto_de_lei_9.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/231/projeto_de_lei_9.pdf</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/232/projeto_de_lei_10.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/232/projeto_de_lei_10.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Vacinação Domiciliar de Idosos e pessoas com mobilidade reduzida.</t>
   </si>
   <si>
+    <t>233</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>PLOE</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária - Executivo</t>
+  </si>
+  <si>
+    <t>Glauco Braga Fávero</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/233/projeto_de_lei_n01_-_dispoe_sobre_concessao_a_revisao_geral_anual_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe Sobre concessão a Revisão Geral Anual e dá outras providências.</t>
+  </si>
+  <si>
+    <t>234</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/234/projeto_de_lei_n02_-_dispoe_sobre_a_abertura_de_credito_especial_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a abertura de Crédito Especial e dá outras providências</t>
+  </si>
+  <si>
+    <t>235</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/235/projet1.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe Sobre a Concessão de Subvenções Sociais às Entidades que Menciona e dá outras_x000D_
+providências.</t>
+  </si>
+  <si>
+    <t>236</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/236/projet1.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza O Poder Executivo a Conceder Desconto no Pagamento do Imposto Predial e_x000D_
+Territorial Urbano - IPTU, Estabelecendo o Calendário Anual de Arrecadação para o Exercício de 2025 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>237</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/237/projeto_de_lei_n05_-_dispoe_sobre_a_abertura_de_credito_especial_e_da_outras_providencias._esportes.pdf</t>
+  </si>
+  <si>
+    <t>238</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/238/projet1.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Município de Pequeri a adquirir imóvel por meio de contrato de compra e venda.</t>
+  </si>
+  <si>
+    <t>239</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/239/projeto_de_lei_n07_-_dispoe_sobre_a_abertura_de_credito_especial_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>240</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/240/projet1.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Abertura de crédito Suplementar, Concessão de Subvenção Social e dá outras providências</t>
+  </si>
+  <si>
+    <t>241</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/241/projet1.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O CHEFE DO PODER EXECUTIVO A OUTORGAR A CONCESSÃO DE USO DE_x000D_
+BEM IMÓVEL PÚBLICO, LOCALIZADO NA RUA JUVENAL FERREIRA MARQUES, NESTA CIDADE DE PEQUERI.</t>
+  </si>
+  <si>
+    <t>242</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/242/projeto_de_lei_n10_-_dispoe_sobre_a_alteracao_da_lei_municipal_1.126_2009_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI MUNICIPAL 1.126/2009 E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>243</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/243/projeto_de_lei_n11_-_dispoe_sobre_a_abertura_e_credito_especial_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>244</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/244/projet1.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe Sobre o Reajuste Salarial dos Profissionais do Magistério do Município de_x000D_
+Pequeri, Alterando a Lei Municipal 1.432/2018 - Estatuto do Magistério – e Demais Legislações que Modificaram o seu Anexo le dá outras providências.</t>
+  </si>
+  <si>
+    <t>245</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/245/projet1.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre as diretrizes orçamentárias para exercício financeiro de 2026 e dá outras_x000D_
+providências.</t>
+  </si>
+  <si>
+    <t>246</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/246/projet1.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Código de Convivência Democrática do Município de Pequeri e dá outras providências</t>
+  </si>
+  <si>
+    <t>247</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/247/projeto_de_lei_n15_-_dispoe_sobre_a_abertura_e_credito_especial_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>248</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/</t>
+  </si>
+  <si>
+    <t>“Institui o Sistema Municipal de Atendimento Socioeducativo (SIMASE), na Modalidade de Medida Socioeducativa em Meio Aberto de Liberdade Assistida (LA) e Prestação de Serviços à Comunidade (PSC), Destinado a Adolescentes Que Pratiquem Ato Infracional no Município de Pequeri/MG e dá outras providências.</t>
+  </si>
+  <si>
+    <t>249</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/249/17_-_projeto_de_lei_-_autoriza_pagamento_de_multa_ambiental_1.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a realizar o pagamento de valores devidos pelo Município_x000D_
+referente a autuações sofridas em exercícios anteriores que menciona e dá outras providências</t>
+  </si>
+  <si>
+    <t>357</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/357/proj_1856.pdf</t>
+  </si>
+  <si>
+    <t>Cria Cargo Fiscal Fazendário Vinculado a Secretaria de Finanças e dá outras providências.</t>
+  </si>
+  <si>
+    <t>358</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/358/proj_1982.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Adicional de Formação para Servidores Públicos Efetivos que Integram a Carreira do Magistério e dá outras providências.</t>
+  </si>
+  <si>
+    <t>359</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/359/proj_2420.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a abertura de Crédito Suplementar e dá outras providências.</t>
+  </si>
+  <si>
+    <t>360</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/360/proj_2454.pdf</t>
+  </si>
+  <si>
+    <t>Altera Lei Municipal nº 1.682/2024 que estima receita e fixa despesa do Município de Pequeri para o exercício financeiro de 2025 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>372</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/372/proj_2535.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe Sobre o Plano Plurianual do Município de Pequeri Para o Período de 2026 a 2029</t>
+  </si>
+  <si>
+    <t>373</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/373/proj_2539.pdf</t>
+  </si>
+  <si>
+    <t>Estima receita e fixa despesa do Municipio de Pequeri para o exercício financeiro de 2026.</t>
+  </si>
+  <si>
+    <t>361</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/361/proj_2813.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe Sobre a Criação da Coordenadoria Municipal de Proteção e Defesa Civil – COMPDEC do Município de Pequeri e dá outras providências.</t>
+  </si>
+  <si>
+    <t>371</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/371/proj_3254.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a alteração da Lei Municipal nº 1.126/2009 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>374</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/374/proj_3421.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÃO DE CRÉDITO COM A CAIXA ECONÔMICA FEDERAL, COM OU SEM GARANTIA DA UNIÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>375</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/375/proj_3423.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI MUNICIPAL 1.689/2025 E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>223</t>
+  </si>
+  <si>
+    <t>PLC</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/223/projeto_de_lei_complementar_n01_-_cargos_e_atribuicoes.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a estrutura administrativa, cria cargos, define atribuições, fixa vencimentos, consolida o quadro de cargos e salários da Câmara e dá outras providências.</t>
+  </si>
+  <si>
+    <t>362</t>
+  </si>
+  <si>
+    <t>EMD</t>
+  </si>
+  <si>
+    <t>Emenda</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/362/emenda_impositiva_1.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° - A parcela da Emenda Impositiva em que se destina obrigatoriamente à saúde (50%) no valor de R$ 18.118,49 (dezoito mil, cento e dezoito reais e quarenta e nove centavos) fica destinada a seguinte ação:_x000D_
+_x000D_
+I) Realização de obras de ampliação e instalações no Centro Municipal de Fisioterapia, bem como a aquisição de equipamentos e a construção de uma piscina destinada à pratica de hidroterapia, visando aprimorar a reabilitação e o bem estar dos pacientes atendidos pela_x000D_
+rede pública de saúde._x000D_
+_x000D_
+Art. 2° - A parcela da Emenda Impositiva cuja a destinação é de livre escolha do Parlamentar (50%) no valor de R$ 18.118,49 (dezoito mil, cento e dezoito reais e quarenta e nove centavos) fica destinada a seguinte ação:_x000D_
+_x000D_
+I) Revitalização e cobertura das arquibancadas do Estádio Municipal_x000D_
+Valentino Ângelo Granato.</t>
+  </si>
+  <si>
+    <t>363</t>
+  </si>
+  <si>
+    <t>Ronaldo Fernandes de Souza</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/363/emenda_impositiva_no_2_2025.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° - A parcela da Emenda Impositiva em que se destina obrigatoriamente à saúde (50%) no valor de R$ 18.118,49 (dezoito mil, cento e dezoito reais e quarenta e nove centavos) fica destinada a seguinte ação:_x000D_
+_x000D_
+I) Realização de obras de ampliação e instalações no Centro_x000D_
+Municipal de Fisioterapia, bem como a aquisição de equipamentos e a_x000D_
+construção de uma piscina destinada à pratica de hidroterapia, visando_x000D_
+aprimorar a reabilitação e o bem estar dos pacientes atendidos pela_x000D_
+rede pública de saúde._x000D_
+_x000D_
+Art. 2° - A parcela da Emenda Impositiva cuja a destinação é de livre escolha do Parlamentar (50%) no valor de R$ 18.118,49 (dezoito mil, cento e dezoito reais e quarenta e nove centavos) fica destinada a seguinte ação:_x000D_
+_x000D_
+I) Revitalização e cobertura das arquibancadas do Estádio Municipal_x000D_
+Valentino Ângelo Granato.</t>
+  </si>
+  <si>
+    <t>364</t>
+  </si>
+  <si>
+    <t>Pedro Paulo de Freitas Menezes</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/364/emenda_impositiva_no_3_2025.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° - A parcela da Emenda Impositiva em que se destina obrigatoriamente à saúde (50%) no valor de R$ 18.118,49 (dezoito mil, cento e dezoito reais e quarenta e nove centavos) fica destinada a seguinte ação:_x000D_
+_x000D_
+I) R$10.000,00 - Realização de obras de ampliação e instalações no Centro Municipal de Fisioterapia, bem como a construção de uma piscina destinada à pratica de hidroterapia, visando aprimorar a reabilitação e o bem estar dos pacientes atendidos pela rede pública de saúde._x000D_
+_x000D_
+II)R$8.118,49 - Consultas com médico especialista em Neuropediatra. _x000D_
+_x000D_
+Art. 2° - A parcela da Emenda Impositiva cuja a destinação é de livre escolha do Parlamentar (50%) no valor de R$ 18.118,49 (dezoito mil, cento e dezoito reais e quarenta e nove centavos) fica destinada a seguinte ação:_x000D_
+_x000D_
+I) Revitalização e cobertura das arquibancadas do Estádio Municipal_x000D_
+Valentino Ângelo Granato.</t>
+  </si>
+  <si>
+    <t>365</t>
+  </si>
+  <si>
+    <t>Renê da Silva Nassar</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/365/emenda_impositiva_no_4_2025.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° - A parcela da Emenda Impositiva em que se destina obrigatoriamente à saúde (50%) no valor de R$ 18.118,49 (dezoitomil, cento e dezoito reais e quarenta e nove centavos) fica destinada a seguinte ação:_x000D_
+_x000D_
+I) Realização de obras de ampliação e instalações no Centro Municipal de Fisioterapia, bem como a aquisição de equipamentos e a construção de uma piscina destinada à pratica de hidroterapia, visando aprimorar a reabilitação e o bem estar dos pacientes atendidos pela_x000D_
+rede pública de saúde._x000D_
+_x000D_
+Art. 2° - A parcela da Emenda Impositiva cuja a destinação é de livre escolha do Parlamentar (50%) no valor de R$ 18.118,49 (dezoito mil, cento e dezoito reais e quarenta e nove centavos) fica destinada a seguinte ação:_x000D_
+_x000D_
+I) Apoio a realização do Passeio Ciclístico RACE (Anexo com sugestão da forma em que deverá ser realizado o evento).</t>
+  </si>
+  <si>
+    <t>366</t>
+  </si>
+  <si>
+    <t>Vicente dos Reis Vieira Lobo</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/366/emenda_impositiva_no_5_2025.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° - A parcela da Emenda Impositiva em que se destina obrigatoriamente à saúde (50%) no valor de R$ 18.118,49 (dezoito mil, cento e dezoito reais e quarenta e nove centavos) fica destinada a seguinte ação:_x000D_
+_x000D_
+I) Realização de obras de ampliação e instalações no Centro Municipal de Fisioterapia, bem como a aquisição de equipamentos e a construção de uma piscina destinada à pratica de hidroterapia, visando aprimorar a reabilitação e o bem estar dos pacientes atendidos pela_x000D_
+rede pública de saúde._x000D_
+_x000D_
+Art. 2° - A parcela da Emenda Impositiva cuja a destinação é de livre escolha do Parlamentar (50%) no valor de R$ 18.118,49 (dezoito mil, cento e dezoito reais e quarenta e nove centavos) fica destinada a seguinte ação:_x000D_
+_x000D_
+I) Subvenções Sociais ao Conselho da Comunidade de Bicas.</t>
+  </si>
+  <si>
+    <t>367</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/367/emenda_impositiva_no_6_2025.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° - A parcela da Emenda Impositiva em que se destina obrigatoriamente à saúde (50%) no valor de R$ 18.118,49 (dezoito mil, cento e dezoito reais e quarenta e nove centavos) fica destinada a seguinte ação:_x000D_
+_x000D_
+I) Realização de obras de ampliação e instalações no Centro Municipal de Fisioterapia, bem como a aquisição de equipamentos e a construção de uma piscina destinada à pratica de hidroterapia, visando aprimorar a reabilitação e o bem estar dos pacientes atendidos pela_x000D_
+rede pública de saúde._x000D_
+_x000D_
+Art. 2° - A parcela da Emenda Impositiva cuja a destinação é de livre escolha do Parlamentar (50%) no valor de R$ 18.118,49 (dezoito mil, cento e dezoito reais e quarenta e nove centavos) fica destinada a seguinte ação:_x000D_
+_x000D_
+I) R$13.118,49 - Revitalização e cobertura das arquibancadas do Estádio Municipal Valentino Ângelo Granato._x000D_
+_x000D_
+II) R$5.000,00 - Realização de pequenas cirurgias e compra de ração e remédios para animais de rua.</t>
+  </si>
+  <si>
+    <t>368</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/368/emenda_impositiva_no_7_2025.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° - A parcela da Emenda Impositiva em que se destina obrigatoriamente à saúde (50%) no valor de R$ 18.118,49 (dezoito mil, cento e dezoito reais e quarenta e nove centavos) fica destinada a seguinte ação:_x000D_
+I) Realização de obras de ampliação e instalações no Centro Municipal de Fisioterapia, bem como a aquisição de equipamentos e a construção de uma piscina destinada à pratica de hidroterapia, visando aprimorar a reabilitação e o bem estar dos pacientes atendidos pela_x000D_
+rede pública de saúde._x000D_
+_x000D_
+Art. 2° - A parcela da Emenda Impositiva cuja a destinação é de livre escolha do Parlamentar (50%) no valor de R$ 18.118,49 (dezoito mil, cento e dezoito reais e quarenta e nove centavos) fica destinada a seguinte ação:_x000D_
+_x000D_
+I) Destinação para realização do evento intitulado “Mulheres Que_x000D_
+Brilham,” conforme disposto na Lei nº 1.696/2025 que se realizará no_x000D_
+dia 06/03/2026. O evento será voltado para a participação de 300_x000D_
+mulheres.</t>
+  </si>
+  <si>
+    <t>369</t>
+  </si>
+  <si>
+    <t>Sandro Lopes Sevaroli</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/369/emenda_impositiva_no_8_2025.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° - A parcela da Emenda Impositiva em que se destina obrigatoriamente à saúde (50%) no valor de R$ 18.118,49 (dezoito mil, cento e dezoito reais e quarenta e nove centavos) fica destinada a seguinte ação:_x000D_
+_x000D_
+I) Realização de obras de ampliação e instalações no Centro Municipal de Fisioterapia, bem como a aquisição de equipamentos e a construção de uma piscina destinada à pratica de hidroterapia, visando aprimorar a reabilitação e o bem estar dos pacientes atendidos pela_x000D_
+rede pública de saúde._x000D_
+_x000D_
+Art. 2° - A parcela da Emenda Impositiva cuja a destinação é de livre escolha do Parlamentar (50%) no valor de R$ 18.118,49 (dezoito mil, cento e dezoito reais e quarenta e nove centavos) fica destinada a seguinte ação:_x000D_
+_x000D_
+I) R$11.118,49 - Compra de ração e remédios para animais de rua._x000D_
+_x000D_
+II) R$7.000,00 - Subvenção Social ao Conselho da Comunidade de Bicas.</t>
+  </si>
+  <si>
+    <t>370</t>
+  </si>
+  <si>
+    <t>Fabrício Costa Garcia</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/370/emenda_impositiva_no_9_2025.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° - A parcela da Emenda Impositiva em que se destina obrigatoriamente à saúde (50%) no valor de R$ 18.118,49 (dezoito mil, cento e dezoito reais e quarenta e nove centavos) fica destinada a seguinte ação:_x000D_
+_x000D_
+I) Realização de obras de ampliação e instalações no Centro Municipal de Fisioterapia, bem como a aquisição de equipamentos e a construção de uma piscina destinada à pratica de hidroterapia, visando aprimorar a reabilitação e o bem estar dos pacientes atendidos pela_x000D_
+rede pública de saúde._x000D_
+_x000D_
+Art. 2° - A parcela da Emenda Impositiva cuja a destinação é de livre escolha do Parlamentar (50%) no valor de R$ 18.118,49 (dezoito mil, cento e dezoito reais e quarenta e nove centavos) fica destinada a seguinte ação:_x000D_
+_x000D_
+I) R$10.118,49 - Subvenção Social ao Conselho da Comunidade de Bicas._x000D_
+_x000D_
+II) R$8.000,00 - Subvenção Social ao Abrigo de Mar de Espanha.</t>
+  </si>
+  <si>
+    <t>290</t>
+  </si>
+  <si>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>Cleydson Silva Ângelo, Fabiano Bruno Rezende, Fabrício Costa Garcia, Mirian de Paula Costa, Pedro Paulo de Freitas Menezes, Renê da Silva Nassar, Ronaldo Fernandes de Souza, Sandro Lopes Sevaroli, Vicente dos Reis Vieira Lobo</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/290/projeto_de_decreto_n01_-_percentual_maximo_para_a_contratacao_de_operacoes_de_credito.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o percentual máximo para a contratação de operações de crédito.</t>
+  </si>
+  <si>
+    <t>291</t>
+  </si>
+  <si>
+    <t>Fabiano Bruno Rezende, Pedro Paulo de Freitas Menezes, Ronaldo Fernandes de Souza</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/291/prop_22025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre as contas da Prefeitura Municipal de Pequeri, relativas ao exercício 2023.</t>
+  </si>
+  <si>
+    <t>292</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/292/prop_32025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre as contas da Prefeitura Municipal de Pequeri, relativas ao exercício 2022.</t>
+  </si>
+  <si>
+    <t>274</t>
+  </si>
+  <si>
+    <t>PRES</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/274/projeto_de_resolucao_n01_-_institui_no_ambito_da_camara_municipal_de_pequeri_a_camara_online_e_da_outras_providencias_.pdf</t>
+  </si>
+  <si>
+    <t>Institui no âmbito da Câmara Municipal de Pequeri a Câmara Online e dá outras providências.</t>
+  </si>
+  <si>
+    <t>275</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/275/projeto_de_resolucao_n02_-_dispoe_sobre_a_autorizacao_para_participacao_no_parlamento_jovem_da_assembleia_legislativa_e_da_outras_providencias_.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a autorização para participação no Parlamento Jovem da Assembleia Legislativa de Minas Gerais e dá outras providências.</t>
+  </si>
+  <si>
+    <t>276</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/276/projeto_de_resolucao_n03_-_institui_a_camara_mirim_no_municipio_de_pequeri_e_estabelece_normas_para_seu_funcionamento.pdf</t>
+  </si>
+  <si>
+    <t>Institui a Câmara Mirim no Município de Pequeri e estabelece normas para seu funcionamento.</t>
+  </si>
+  <si>
+    <t>277</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/277/projeto_de_resolucao_n04_-_institui_o_programa_camara_itinerante_no_municipio_de_pequeri.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa Câmara Itinerante no Município de Pequeri.</t>
+  </si>
+  <si>
+    <t>278</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/278/projeto_de_resolucao_n05_-_fixa_normas_de_uso_do_veiculo_oficial_da_camara_municipal_de_pequeri_e_da_outras_providencias_.pdf</t>
+  </si>
+  <si>
+    <t>Fixa normas de uso do veículo oficial da Câmara Municipal de Pequeri e dá outras providências.</t>
+  </si>
+  <si>
+    <t>279</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/279/projeto_de_resolucao_n06_-_institui_o_codigo_de_etica_e_decoro_parlamentar_.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Código de Ética e Decoro Parlamentar</t>
+  </si>
+  <si>
+    <t>280</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/280/projeto_de_resolucao_n07_-_institui_as_visitas_guiadas_para_estudantes_no_ambito_da_na_camara_municipal_de_pequeri_e_da_outras_providencias_.pdf</t>
+  </si>
+  <si>
+    <t>Institui as Visitas Guiadas para Estudantes no âmbito da Câmara Municipal Pequeri e dá outras providências.</t>
+  </si>
+  <si>
+    <t>281</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/281/projeto_de_resolucao_n08_.pdf</t>
+  </si>
+  <si>
+    <t>Cria a Ouvidoria da Câmara Municipal de Pequeri.</t>
+  </si>
+  <si>
+    <t>282</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/282/projeto_de_resolucao_n10.pdf</t>
+  </si>
+  <si>
+    <t>Institui a Política de Privacidade dos Dados Pessoais no âmbito da Câmara Municipal de Pequeri.</t>
+  </si>
+  <si>
+    <t>283</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/283/prop_112025.pdf</t>
+  </si>
+  <si>
+    <t>Regulamenta, no âmbito da Câmara Municipal de Pequeri, a fruição do gozo das férias e o pagamento do terço constitucional de férias dos vereadores previsto na Lei Municipal nº 1.659 de 25 de janeiro de 2024 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>284</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/284/projeto_de_resolucao_n12.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe as regras de publicação no Portal da Transparência e acesso as informações da Câmara Municipal de Pequeri E-SIC em cumprimento a Lei nº_x000D_
+11.527 de 18 de novembro de 2011.</t>
+  </si>
+  <si>
+    <t>285</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/285/projeto_de_resolucao_n13.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação do Banco de Ideias no âmbito da Câmara Municipal de Pequeri.</t>
+  </si>
+  <si>
+    <t>286</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/286/projeto_de_resolucao_n14.pdf</t>
+  </si>
+  <si>
+    <t>Regulamenta a Lei Federal nº 14.129/2021, que dispõe sobre princípios, regras e instrumentos para o Governo Digital e para o aumento da eficiência pública, e dá outras providências, no âmbito do Poder Legislativo do Município de Pequeri.</t>
+  </si>
+  <si>
     <t>218</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>Fabrício Costa Garcia</t>
-[...2 lines deleted...]
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/218/requerimento_n02_-_informacoes_sobre_as_cameras_de_seguranca_da_cidade.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/218/requerimento_n02_-_informacoes_sobre_as_cameras_de_seguranca_da_cidade.pdf</t>
   </si>
   <si>
     <t>1. Sobre o Funcionamento:_x000D_
 As câmeras de segurança instaladas já estão em funcionamento?_x000D_
 Elas operam em regime de 24 horas?_x000D_
 _x000D_
 2. Sobre o Controle e Monitoramento:_x000D_
 Qual órgão ou entidade é responsável pelo monitoramento?_x000D_
 Em que local está sendo realizado o controle e monitoramento das imagens_x000D_
 capturadas?_x000D_
 _x000D_
 3. Sobre o Acesso às Imagens:_x000D_
 Qual o procedimento para que as imagens gravadas sejam acessadas?_x000D_
 Por quanto tempo as gravações são armazenadas?_x000D_
 Como pessoas interessadas podem solicitar as imagens, caso necessário?_x000D_
 _x000D_
 4. Sobre Custos e Investimentos:_x000D_
 Qual foi o custo total da instalação das câmeras de segurança?_x000D_
 Qual é o custo mensal estimado para a operação e manutenção do sistema?_x000D_
 _x000D_
 5. Informações Adicionais:_x000D_
 Fornecer quaisquer outras informações que sejam pertinentes à transparência e_x000D_
 ao acompanhamento legislativo dessa medida de segurança.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/219/requerimento_n04_-_informacoes_sobre_os_lixos_e_limpezas_da_cidade.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/219/requerimento_n04_-_informacoes_sobre_os_lixos_e_limpezas_da_cidade.pdf</t>
   </si>
   <si>
     <t>O Vereador Fabrício Costa Garcia vem, na forma regimental, apresentar o seguinte requerimento ao Chefe do Executivo e instar a adoção de medidas_x000D_
 efetivas para: Informações sobre a retirada e colocação de lixeiras na cidade, uma vez que em vários locais onde existiam lixeiras as mesmas foram retiradas e não substituídas. Requer também informações sobre os horários de passagem do caminhão de lixo para recolhimento dos resíduos nas ruas da cidade. Ressalta-se que essas perguntas são questionamentos feitos por munícipes.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/220/requerimento-n-07-informacoes-sobre-a-gestao-da-escola-waldomiro_2.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/220/requerimento-n-07-informacoes-sobre-a-gestao-da-escola-waldomiro_2.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, com fundamento no Regimento Interno da Câmara Municipal de Pequeri/MG, e no exercício de suas atribuições de fiscalização e controle da Administração Pública, requer seja oficiado ao Excelentíssimo Senhor Prefeito Municipal de Pequeri, solicitando, por meio da Secretaria Municipal de Educação, as seguintes informações formais:_x000D_
 _x000D_
 1. Qual o nome do(a) atual diretor(a) ou responsável pela gestão da Escola Municipal Waldomiro de Magalhães Pinto?_x000D_
 _x000D_
 2. A nomeação do(a) responsável está formalizada por ato administrativo publicado? Em caso afirmativo, solicita-se cópia_x000D_
 do respectivo ato._x000D_
 _x000D_
 3. Desde quando o(a) referido(a) servidor(a) está no exercício da função de direção?</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/221/requerimento-n-08-entrega-presencial-das-mocoes.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/221/requerimento-n-08-entrega-presencial-das-mocoes.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais e regimentais, vem respeitosamente requerer a Vossa Excelência, após a_x000D_
 devida aprovação do Plenário, que:_x000D_
 _x000D_
 Seja adotado, no âmbito da Câmara Municipal de Pequeri, o procedimento de entrega presencial das Moções de Aplausos aos homenageados na sede do Poder Legislativo Municipal, em momento reservado imediatamente anterior ao início das reuniões ordinárias, com o objetivo de valorizar e prestigiar publicamente os cidadãos e entidades reconhecidos por esta Casa Legislativa.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/222/requerimento-n09-informacoes-do-conselho-municipal-de-educacao.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/222/requerimento-n09-informacoes-do-conselho-municipal-de-educacao.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve, no uso de suas atribuições legais e regimentais, com fundamento no art. do Regimento Interno, vem, respeitosamente,_x000D_
 apresentar o seguinte: Requer, à Secretaria Municipal de Educação, que sejam encaminhadas a esta Casa Legislativa, no prazo legal, as seguintes informações e documentos atualizados: Composição atual do Conselho Municipal de Educação, com a identificação nominal de seus membros, cargo ou função representada, instituição de origem (se houver) e datas de nomeação e término do mandato; Atas das reuniões realizadas pelo referido Conselho nos últimos 12 (doze) meses; Composição atual do Conselho de Acompanhamento e Controle Social do FUNDEB (antigo conselho escolar), com os mesmos dados descritos no item 1; Composição atual do Conselho de Alimentação Escolar (CAE); incluindo nomes, entidades representadas, datas de nomeação e vigência dos mandatos; Cópias das atas de reuniões e relatórios de fiscalização/visitas do CAE relativas ao presente exercício.</t>
   </si>
   <si>
-    <t>1</t>
-[...1 lines deleted...]
-  <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>Pedro Paulo de Freitas Menezes</t>
-[...2 lines deleted...]
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/1/indicacao_n01_-_colocacao_de_poste_rua_prof._nair_tempone.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/1/indicacao_n01_-_colocacao_de_poste_rua_prof._nair_tempone.pdf</t>
   </si>
   <si>
     <t>Que providencie junto ao Órgão competente da Administração_x000D_
 Municipal um estudo de viabilidade para colocação de um poste de_x000D_
 iluminação próxima a fábrica da Reciclagem localizada na Rua Professora_x000D_
 Nair Tempone, localizada no Bairro Nova Pequeri.</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/2/indicacao_n02_-_colocacao_de_poste_na_rua_antonio_arminio_daniel.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/2/indicacao_n02_-_colocacao_de_poste_na_rua_antonio_arminio_daniel.pdf</t>
   </si>
   <si>
     <t>Que providencie junto ao Órgão competente da Administração_x000D_
 Municipal um estudo de viabilidade para colocação de um poste de_x000D_
 iluminação na Rua Antônio Arminio Daniel, localizada no Bairro Nova_x000D_
 Pequeri.</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/3/indicacao_n03_-_reparos_calcadas_e_redutor_de_velocidade_na_rua_boanerges_dutra_de_morais.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/3/indicacao_n03_-_reparos_calcadas_e_redutor_de_velocidade_na_rua_boanerges_dutra_de_morais.pdf</t>
   </si>
   <si>
     <t>Que providencie junto ao Órgão competente da Administração_x000D_
 Municipal que faça um estudo de viabilidade sobre a possibilidade de_x000D_
 colocar na Rua Boaneger Dutra de Morais, Bairro Centro a colocação de_x000D_
 um redutor de velocidade, reparos no asfalto e colocação de calçadas.</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/4/indicacao_n04_-_manutencao_na_rua_silvino_rodrigues.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/4/indicacao_n04_-_manutencao_na_rua_silvino_rodrigues.pdf</t>
   </si>
   <si>
     <t>Que providencie junto ao Órgão competente da Administração_x000D_
 Municipal um estudo de viabilidade para possibilitar a manutenção da Rua_x000D_
 Silvino Rodrigues, localizada no bairro Nossa Senhora da Aparecida,_x000D_
 localizada em Pequeri/MG.</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/5/indicacao_n05_-_quadra_de_areia_nova_pequeri.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/5/indicacao_n05_-_quadra_de_areia_nova_pequeri.pdf</t>
   </si>
   <si>
     <t>Que providencie junto ao Órgão competente da Administração_x000D_
 Municipal um estudo de viabilidade para possibilitar a manutenção da_x000D_
 quadra situada no bairro Nova Pequeri, juntamente com uma cobertura_x000D_
 metálica e a colocação de uma mesa de Ping Pong e mesa de Totó na_x000D_
 referida quadra.</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/6/indicacao_n06_-_retiradas_de_entulhos_no_juquinha_de_castro.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/6/indicacao_n06_-_retiradas_de_entulhos_no_juquinha_de_castro.pdf</t>
   </si>
   <si>
     <t>Instalar a adoção de medidas efetivas para a retirada de entulhos no bairro_x000D_
 Conjunto Habitacional Juquinha de Castro, especialmente na Rua José_x000D_
 Rosa Fernandes, em frente ao número 44.</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/7/indicacao_n07_-_cursinho_preparatorio_enem.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/7/indicacao_n07_-_cursinho_preparatorio_enem.pdf</t>
   </si>
   <si>
     <t>Solicitação a implementação de um cursinho social preparatório para o_x000D_
 Exame Nacional do Ensino Médio (Enem).</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/8/indicacao_n08_-_janeiro_roxo.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/8/indicacao_n08_-_janeiro_roxo.pdf</t>
   </si>
   <si>
     <t>Adoção de medidas efetivas para: Implementação de Campanha Municipal "Janeiro Roxo" de Combate à Hanseníase.</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/9/indicacao_n09_-_colocacao_de_latoes_de_lixo_e_a_limpeza_da_rua_faride_batista_amaral.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/9/indicacao_n09_-_colocacao_de_latoes_de_lixo_e_a_limpeza_da_rua_faride_batista_amaral.pdf</t>
   </si>
   <si>
     <t>Que sejam providenciados a colocação de latões de lixo e a limpeza da Rua Faride Batista Amaral, no Loteamento Olaria. A solicitação é para toda a extensão da rua, incluindo a rua de cima.</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/10/indicacao_n10_-_iluminacao_nas_ruas_jose_alcides_de_carvalho_e_na_purificacao_marques_arantes.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/10/indicacao_n10_-_iluminacao_nas_ruas_jose_alcides_de_carvalho_e_na_purificacao_marques_arantes.pdf</t>
   </si>
   <si>
     <t>Que providencie junto ao Órgão competente da Administração Municipal a possibilidade de trazer melhorias na iluminação das Ruas José Alcides Carvalho e Purificação Marques Arantes.</t>
   </si>
   <si>
-    <t>11</t>
-[...2 lines deleted...]
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/11/indicacao_n11_-_insalubridade_para_os_agentes_de_saude.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/11/indicacao_n11_-_insalubridade_para_os_agentes_de_saude.pdf</t>
   </si>
   <si>
     <t>Que providencie junto ao Órgão competente da Administração Municipal a possibilidade de se fazer um estudo técnico de viabilidade e o impacto financeiro de conceder o adicional de insalubridade para os agentes de saúde, bem como os critérios adequados para sua implementação.</t>
   </si>
   <si>
-    <t>12</t>
-[...2 lines deleted...]
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/12/indicacao_n12_-_melhorias_da_estrada_pequeri_x_sarandira.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/12/indicacao_n12_-_melhorias_da_estrada_pequeri_x_sarandira.pdf</t>
   </si>
   <si>
     <t>Recomenda-se ao órgão competente da Administração Municipal avalie esta indicação no sentido de implementar um sistema contínuo de monitoramento para revisar e ajustar as condições das estradas vicinais conforme necessário. Além disso, deve-se melhorar a captação de águas pluviais através de bocas de lobo, aprimorando o escoamento e realizando_x000D_
 melhorias no piso das estradas, especialmente na via que liga Pequeri a Sarandira e no acesso à Fazenda Bom Jardim.</t>
   </si>
   <si>
-    <t>13</t>
-[...2 lines deleted...]
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/13/indicacao_n13_-_casa_de_passeio_para_cachorros_abandonados.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/13/indicacao_n13_-_casa_de_passeio_para_cachorros_abandonados.pdf</t>
   </si>
   <si>
     <t>Criação de uma Casa de Passagem para Cachorros Abandonados, com o objetivo de implementar um sistema integrado de cuidado, castração e encaminhamento para adoção responsável dos animais.</t>
   </si>
   <si>
-    <t>14</t>
-[...2 lines deleted...]
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/14/indicacao_n14_-_redutor_de_velocidade_na_rua_dias_jr..pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/14/indicacao_n14_-_redutor_de_velocidade_na_rua_dias_jr..pdf</t>
   </si>
   <si>
     <t>Solicita melhorias na Rua Dias Júnior: Colocação de um redutor de velocidade na Rua Dias Júnior, próximo à casa da dona Francisquinha, e de um latão de lixo na mesma rua, próximo à casa da dona Zaninha.</t>
   </si>
   <si>
-    <t>15</t>
-[...5 lines deleted...]
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/15/indicacao_n16_-manutencao_rua_sao_pedro.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/15/indicacao_n16_-manutencao_rua_sao_pedro.pdf</t>
   </si>
   <si>
     <t>Adoção de providências urgentes para a realização de obras de recapeamento asfáltico e manutenção estrutural na Rua São Pedro, em Pequeri, considerando a necessidade premente de garantir a segurança e o bem-estar dos munícipes.</t>
   </si>
   <si>
-    <t>17</t>
-[...2 lines deleted...]
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/16/indicacao_n17_-_cobertura_creche_e_cobertura_complexo.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/16/indicacao_n17_-_cobertura_creche_e_cobertura_complexo.pdf</t>
   </si>
   <si>
     <t>Instalação de coberturas na Creche Municipal e na arquibancada localizada no Complexo Esportivo Moacir Fávero.</t>
   </si>
   <si>
-    <t>18</t>
-[...2 lines deleted...]
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/17/indicacao_n18_-_redutor_de_velocidade_na_rua_santa_rita.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/17/indicacao_n18_-_redutor_de_velocidade_na_rua_santa_rita.pdf</t>
   </si>
   <si>
     <t>Solicita redutor de velocidade na Rua Santa Rita em frente ao número 72.</t>
   </si>
   <si>
-    <t>19</t>
-[...2 lines deleted...]
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/18/indicacao_n19_-_limpeza_ribeirao.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/18/indicacao_n19_-_limpeza_ribeirao.pdf</t>
   </si>
   <si>
     <t>Sugestão de compra e instalação de aparelhos para climatização nas salas de aula das escolas do nosso Município.</t>
   </si>
   <si>
-    <t>20</t>
-[...2 lines deleted...]
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/19/indicacao_n20_-_notificacao_para_donos_de_terrenos_baldios.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/19/indicacao_n20_-_notificacao_para_donos_de_terrenos_baldios.pdf</t>
   </si>
   <si>
     <t>Notificar os proprietários de terrenos baldios que não realizam a devida limpeza e manutenção de suas áreas, especialmente aqueles localizados na Rua Joaquim Machado, no bairro Nova Pequeri, e também em outras áreas da cidade e no Ribeirão, que igualmente_x000D_
 necessitam de limpeza, conforme fotos enviadas por munícipes.</t>
   </si>
   <si>
-    <t>21</t>
-[...2 lines deleted...]
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/20/indicacao_n21_-_gerador_de_energia_hospital.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/20/indicacao_n21_-_gerador_de_energia_hospital.pdf</t>
   </si>
   <si>
     <t>Que a Administração Municipal providencie um estudo de viabilidade, a fim de adquirir um gerador de energia para o Hospital em Pequeri-MG.</t>
   </si>
   <si>
-    <t>22</t>
-[...2 lines deleted...]
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/21/indicacao_n22_-_ventilador_capela_mortuaria.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/21/indicacao_n22_-_ventilador_capela_mortuaria.pdf</t>
   </si>
   <si>
     <t>Providenciar instalação de ventilador na capela mortuária.</t>
   </si>
   <si>
-    <t>23</t>
-[...2 lines deleted...]
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/22/indicacao_n23_-_redutor_de_velocidade_creche.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/22/indicacao_n23_-_redutor_de_velocidade_creche.pdf</t>
   </si>
   <si>
     <t>Que providencie junto ao Órgão competente da Administração Municipal a_x000D_
 possibilidade de colocar um redutor de velocidade em frente a creche municipal.</t>
   </si>
   <si>
-    <t>24</t>
-[...2 lines deleted...]
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/23/indicacao_n24_-_iluminacao_na_rua_prof._antonio_monteiro_de_oliveira.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/23/indicacao_n24_-_iluminacao_na_rua_prof._antonio_monteiro_de_oliveira.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo, por meio da Secretaria ou Departamento competente, viabilize_x000D_
 a instalação ou melhoria de iluminação pública na Rua Prof. Antônio Monteiro de_x000D_
 Oliveira, nº 31, Bairro Nova Pequeri, CEP 36610-000, no Município de Pequeri/MG.</t>
   </si>
   <si>
-    <t>25</t>
-[...2 lines deleted...]
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/24/indicacao_n25_-_reforma_no_campo.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/24/indicacao_n25_-_reforma_no_campo.pdf</t>
   </si>
   <si>
     <t>Solicitar junto ao órgão competente da Administração Municipal a avaliação da_x000D_
 viabilidade para realizar a reforma do Estádio Valentino Ângelo Granato. As melhorias_x000D_
 propostas incluem a renovação dos vestiários, sustentabilidade, o aprimoramento do_x000D_
 gramado e a instalação de cobertura sobre as arquibancadas.</t>
   </si>
   <si>
-    <t>26</t>
-[...2 lines deleted...]
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/25/indicacao_n26_-_promocao_de_seguranca_saude_e_dignidade_urbana_na_rua_jose_alcides_de_carvalho.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/25/indicacao_n26_-_promocao_de_seguranca_saude_e_dignidade_urbana_na_rua_jose_alcides_de_carvalho.pdf</t>
   </si>
   <si>
     <t>I – IMPLANTAÇÃO DE PROGRAMA DE ASSISTÊNCIA SOCIAL A DEPENDENTES QUÍMICOS_x000D_
 II – REFORÇO DO PATRULHAMENTO POLICIAL_x000D_
 III – AJUSTE E MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA_x000D_
 IV – INSTALAÇÃO DE CÂMERAS DE MONITORAMENTO_x000D_
 V – POLÍTICAS DE DESMARGINALIZAÇÃO E VALORIZAÇÃO URBANA</t>
   </si>
   <si>
-    <t>27</t>
-[...2 lines deleted...]
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/26/indicacao_n27_-_obrigatoriedade_e_no_minimo_5__na_contratacao_de_pessoas_com_mais_de_40_anos.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/26/indicacao_n27_-_obrigatoriedade_e_no_minimo_5__na_contratacao_de_pessoas_com_mais_de_40_anos.pdf</t>
   </si>
   <si>
     <t>Sugere ao Excelentíssimo Senhor Prefeito Municipal de Pequeri que adote providências administrativas visando à obrigatoriedade da contratação de, no mínimo, 5% (cinco por cento) de empregados com mais de 40 (quarenta) anos de idade nos quadros_x000D_
 da Administração Pública Direta. Sugere ainda a inclusão de cláusula específica nos editais de_x000D_
 licitação de serviços terceirizados, exigindo que, no mínimo, 10% (dez por cento) da mão-de-obra disponibilizada seja composta por pessoas com idade superior a 40 anos.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/27/indicacao_n28_-_destinacao_de_parte_dos_recursos_do_icms_esportivo_para_o_custeio_de_inscricoes_transporte_alimentacao_e_demais_despesas_de_atletas_.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/27/indicacao_n28_-_destinacao_de_parte_dos_recursos_do_icms_esportivo_para_o_custeio_de_inscricoes_transporte_alimentacao_e_demais_despesas_de_atletas_.pdf</t>
   </si>
   <si>
     <t>Sugere ao Excelentíssimo Senhor Prefeito Municipal de Pequeri que estude a viabilidade de destinação de parte dos recursos do ICMS Esportivo para o custeio de inscrições, transporte,_x000D_
 alimentação e demais despesas de atletas locais que se destacam em suas modalidades, a fim de representar o Município em torneios e competições regionais.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/28/indicacao_n29_-_aquisicao_do_antigo_cine_alvorada.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/28/indicacao_n29_-_aquisicao_do_antigo_cine_alvorada.pdf</t>
   </si>
   <si>
     <t>Sugere ao Excelentíssimo Senhor Prefeito Municipal de Pequeri que adote providências administrativas para a aquisição do prédio onde funcionou o antigo Cine Alvorada, visando sua restauração e reativação como espaço cultural para exibição de filmes à comunidade em geral e aos alunos da rede pública de ensino.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/29/indicacao_n30_-_instalacao_de_corrimaos_no_poliesportivo.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/29/indicacao_n30_-_instalacao_de_corrimaos_no_poliesportivo.pdf</t>
   </si>
   <si>
     <t>Que o Chefe do Poder Executivo Municipal, por meio da Secretaria competente, providencie a instalação de corrimãos nas escadas de acesso ao Ginásio Poliesportivo de Pequeri, a fim de proporcionar mais segurança e acessibilidade aos frequentadores do espaço, com destaque para os idosos que ali realizam atividades físicas regulares.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/30/indicacao_n31_-_troca_de_refletores_e_iluminacao_do_campo.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/30/indicacao_n31_-_troca_de_refletores_e_iluminacao_do_campo.pdf</t>
   </si>
   <si>
     <t>Solicita-se a troca dos refletores e da iluminação do Estádio Valentino Ângelo Granato para melhorar a visibilidade e a segurança no local.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/31/indicacao_n32_-_limpeza_e_melhoria_da_rua_da_igreja_matriz.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/31/indicacao_n32_-_limpeza_e_melhoria_da_rua_da_igreja_matriz.pdf</t>
   </si>
   <si>
     <t>Solicita-se a realização de serviços de limpeza e a melhoria da iluminação pública na Rua Maria Gertrudes Tostes, localizada no centro, nas proximidades da igreja Católica.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>Renê da Silva Nassar</t>
-[...2 lines deleted...]
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/32/indicacao_n33_-_implantacao_de_infraestrutura_no_ponto_de_taxi.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/32/indicacao_n33_-_implantacao_de_infraestrutura_no_ponto_de_taxi.pdf</t>
   </si>
   <si>
     <t>Solicita a implantação de infraestrutura no ponto de táxi da Praça Prefeito Geraldo Fulco ao lado do Estádio Municipal Valentino Ângelo Granato.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/33/indicacao_n34_-_aquisicao_de_um_novo_esterilizador_de_pratos_e_talheres_para_as_escolas_.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/33/indicacao_n34_-_aquisicao_de_um_novo_esterilizador_de_pratos_e_talheres_para_as_escolas_.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal que determine ao setor competente da Administração a aquisição, com urgência, de um novo esterilizador de pratos e talheres para uso nas cozinhas das escolas municipais Antero Dutra e Waldomiro.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>Ronaldo Fernandes de Souza</t>
-[...2 lines deleted...]
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/34/indicacao_n35_-_solicita_a_revitalizacao_das_placas_de_identificacao_de_ruas_no_bairro_nova_pequeri..pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/34/indicacao_n35_-_solicita_a_revitalizacao_das_placas_de_identificacao_de_ruas_no_bairro_nova_pequeri..pdf</t>
   </si>
   <si>
     <t>Solicita a revitalização das placas de identificação de ruas no bairro Nova Pequeri.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/35/indicacao_n36_-_que_seja_providenciada_a_instalacao_de_um_corrimao_na_escadaria_da_cachoeirinha_e_que_coloque_cimento_no_lugar_do_chao_de_barro_ao_fim_da_escada_na_parte_de_cima..pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/35/indicacao_n36_-_que_seja_providenciada_a_instalacao_de_um_corrimao_na_escadaria_da_cachoeirinha_e_que_coloque_cimento_no_lugar_do_chao_de_barro_ao_fim_da_escada_na_parte_de_cima..pdf</t>
   </si>
   <si>
     <t>Que seja providenciada a instalação de um corrimão na escadaria da cachoeirinha e que coloque cimento no lugar do chão de barro ao fim da escada, na parte de cima.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/36/indicacao_n37_-_solicita-se_a_realizacao_de_melhorias_na_iluminacao_publica_e_no_calcamento_no_trecho_final_da_rua_augusto_cortes..pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/36/indicacao_n37_-_solicita-se_a_realizacao_de_melhorias_na_iluminacao_publica_e_no_calcamento_no_trecho_final_da_rua_augusto_cortes..pdf</t>
   </si>
   <si>
     <t>Solicita-se a realização de melhorias na iluminação pública e no calçamento no trecho final da Rua Augusto Cortes.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/37/indicacao_no_38_-_entrega_da_medalha_antero_dutra_a_sra._gioconda_vanni.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/37/indicacao_no_38_-_entrega_da_medalha_antero_dutra_a_sra._gioconda_vanni.pdf</t>
   </si>
   <si>
     <t>Que seja concedida à Senhora Gioconda Vanni a Medalha Antero Dutra, maior honraria deste Poder Legislativo, como forma de reconhecimento público pelos relevantes serviços prestados à história, à educação e ao desenvolvimento social e cultural do Município de Pequeri.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/38/indicacao_n39_-_solicita-se_melhorias_na_rua_23_de_maio_no_bairro_sao_pedro.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/38/indicacao_n39_-_solicita-se_melhorias_na_rua_23_de_maio_no_bairro_sao_pedro.pdf</t>
   </si>
   <si>
     <t>Solicita-se melhorias na Rua 23 de Maio, no bairro São Pedro, com a passagem de máquina e a colocação de saibro, ou a possibilidade de calçamento da via, visando melhores condições de tráfego e acessibilidade para os moradores.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/39/indicacao_n_40_-_instalacao_de_cobertura_na_quadra_de_areia_do_complexo_esportivo_moacir_favero.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/39/indicacao_n_40_-_instalacao_de_cobertura_na_quadra_de_areia_do_complexo_esportivo_moacir_favero.pdf</t>
   </si>
   <si>
     <t>Que sejam realizados estudos e providências necessárias para a instalação de cobertura na quadra de areia do Complexo Esportivo Moacir Fávero.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/40/indicacao_n41_-__construcao_de_uma_calcada_publica_em_toda_a_rua_professora_nair_temponi.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/40/indicacao_n41_-__construcao_de_uma_calcada_publica_em_toda_a_rua_professora_nair_temponi.pdf</t>
   </si>
   <si>
     <t>Que seja providenciada, a construção de uma calçada pública em toda a Rua Professora Nair Tempone, situada no bairro Nova Pequeri.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/41/indicacao_n_42.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/41/indicacao_n_42.pdf</t>
   </si>
   <si>
     <t>Que providencie junto ao Órgão competente da Administração Municipal a instalação de redutor de velocidade (lombada ou quebramolas) em ponto estratégico da Avenida Raul Salles de Almeida Sobrinho.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/42/indicacao_n_43.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/42/indicacao_n_43.pdf</t>
   </si>
   <si>
     <t>Que providencie junto ao Órgão competente da Administração Municipal a melhoria no sistema de descarte de resíduos sólidos, com a instalação de lixeiras subterrâneas em pontos estratégicos do município.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/43/indicacao_n_44.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/43/indicacao_n_44.pdf</t>
   </si>
   <si>
     <t>Que providencie, com a máxima urgência e em caráter contínuo, junto ao Órgão competente da Administração Municipal, a intensificação e realização de campanhas educativas e de conscientização abrangentes sobre o descarte correto de resíduos sólidos, direcionadas_x000D_
 especificamente às escolas do nosso município e aos diversos bairros, visando aprimorar a participação cidadã na gestão de resíduos.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/44/indicacao_n_45.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/44/indicacao_n_45.pdf</t>
   </si>
   <si>
     <t>Que providencie, com a máxima urgência, junto ao Órgão competente da Administração Municipal, a revitalização completa e a instalação de iluminação adequada no parquinho infantil localizado na entrada do Loteamento Juquinha de Castro, na Rua Ohannes Kabderian. Caso a revitalização não seja viável, solicita-se a desativação e remoção dos equipamentos danificados e a instalação de iluminação pública no local, para evitar riscos à segurança das crianças e da comunidade.</t>
   </si>
   <si>
-    <t>274</t>
-[...141 lines deleted...]
-    <t>Dispõe sobre a estrutura administrativa, cria cargos, define atribuições, fixa vencimentos, consolida o quadro de cargos e salários da Câmara e dá outras providências.</t>
+    <t>287</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/287/indicacao_n_46.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se a realização de limpeza e retirada de galhos dentro do córrego localizado ao final da Rua Calzavara (fundos da Vila). Aproveito para solicitar também que seja dada atenção à poda das árvores situadas ao redor de uma residência próxima ao mesmo córrego, considerando relatos de moradores de que, em dias de chuva, uma senhora precisa deixar sua casa por medo de que as árvores caiam sobre a residência. Trata-se, portanto, de uma medida preventiva e necessária para garantir a segurança dos moradores da região.</t>
+  </si>
+  <si>
+    <t>288</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/288/indicacao_n_47.pdf</t>
+  </si>
+  <si>
+    <t>Solicito que seja realizada, com urgência, uma intervenção na rua que fica à direita logo após o Portal da Juquinha de Castro, via que dá acesso ao bairro Progresso. Os moradores têm relatado que a água de chuva está descendo pela via de forma descontrolada e já vem causando diversos problemas. A força da água está infiltrando no solo, o que já provocou a quebra do calçamento de paralelepípedos. Além disso, parte do barranco já_x000D_
+cedeu, e a água está entrando diretamente no quintal de um dos moradores, trazendo transtornos e colocando a residência em risco. Outro ponto preocupante é a infiltração que já atinge o muro de duas casas: em um dos imóveis, há possibilidade real de o barranco desabar; no outro, o muro pode ceder caso o problema continue sem solução. Diante disso, peço que sejam adotadas as medidas necessárias para conter o avanço da erosão, corrigir a drenagem no local, recuperar o calçamento e garantir segurança às famílias que moram na área.</t>
+  </si>
+  <si>
+    <t>289</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/289/indicacao_n_48.pdf</t>
+  </si>
+  <si>
+    <t>Que sejam instaladas câmeras de segurança na via de acesso ao hospital, especificamente na rua que se inicia nas proximidades do complexo esportivo.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Moção de Aplauso</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/117/mocao_de_aplausos_n01_-_atleta_danilo.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/117/mocao_de_aplausos_n01_-_atleta_danilo.pdf</t>
   </si>
   <si>
     <t>O Vereador Fabrício Costa Garcia, no uso de suas atribuições regimentais, apresenta à apreciação desta Casa Legislativa a presente Moção de Aplausos em reconhecimento ao atleta Danilo Luiz da Silva, pelos relevantes serviços prestados ao esporte brasileiro e pelo seu notável desempenho no futebol nacional e internacional.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/118/mocao_de_aplausos_n02_-_equipe_de_esportes_torneio_bt.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/118/mocao_de_aplausos_n02_-_equipe_de_esportes_torneio_bt.pdf</t>
   </si>
   <si>
     <t>O vereador abaixo assinado, no exercício de suas atribuições e em conformidade com o regimento interno, vem, respeitosamente, requerer que, após a devida aprovação do plenário, seja encaminhada MOÇÃO DE APLAUSOS ao Senhor Secretário de Esportes, Tiago Louzada Louro, ao Matheus Santos, conhecido como Dhul, e a toda a equipe de esportes, em reconhecimento pelo excepcional torneio de Beach Tennis realizado no Complexo Esportivo Moacir Fávero, no período de 3 a 14 de fevereiro de 2025.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/119/mocao_de_aplausos_n03_-_associacao_remer.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/119/mocao_de_aplausos_n03_-_associacao_remer.pdf</t>
   </si>
   <si>
     <t>O Vereador FABRÍCIO COSTA GARCIA, no uso de suas atribuições regimentais, vem, à presença de Vossa Excelência, submeter à apreciação desta Casa Legislativa a presente MOÇÃO DE APLAUSOS à Associação REMER, pelos relevantes serviços prestados e pela inauguração de sua nova unidade no município de Bicas. A Associação REMER é uma instituição filantrópica fundada em 09 de janeiro de1989, cujo objetivo primordial é fortalecer a promoção e a proteção social de crianças e adolescentes no Brasil. A entidade atua em várias frentes: Serviços de Proteção Social Básica, Serviços de Proteção Social Especial de Alta Complexidade, Educação, Esporte, Cultura e Assistência Social. Localizada na Rua Valdir de Oliveira, nº 35, bairro São Pedro, Bicas/MG, a Associação REMER expande agora seu alcance com a inauguração de uma nova unidade em Bicas, consolidando seu compromisso com a transformação social e a melhoria na qualidade de vida de crianças, adolescentes e famílias em situação de vulnerabilidade.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/120/mocao_de_aplausos_n04_-_equipe_de_esportes_-_volei.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/120/mocao_de_aplausos_n04_-_equipe_de_esportes_-_volei.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, nos termos regimentais, vem respeitosamente apresentar à apreciação do Plenário a presente MOÇÃO DE APLAUSOS, nos seguintes termos: A Câmara Municipal de Pequeri manifesta seu público reconhecimento e aplauso aos senhores Elisabete Cristina Oliveira Xavier, Roberto dos Santos Elias e Matheus Henrique dos Santos Ribeiro, pelo relevante trabalho desenvolvido junto ao vôlei de quadra no município de Pequeri/MG.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/121/mocao_de_aplausos_n05_-_diretoria_e_membros_da_oab_de_bicas.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/121/mocao_de_aplausos_n05_-_diretoria_e_membros_da_oab_de_bicas.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, nos termos do Regimento Interno desta Casa Legislativa, apresenta à apreciação do Plenário a presente MOÇÃO DE APLAUSOS: A Câmara Municipal de Pequeri manifesta seu mais profundo reconhecimento e sincera homenagem à Diretoria, membros de comissões, delegados e representantes da 5ª Subseção da OAB/MG – Bicas, pelos relevantes serviços prestados à advocacia e à sociedade da nossa região.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/122/mocao_de_aplausos_n06_-_evento_fusca_cremoso.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/122/mocao_de_aplausos_n06_-_evento_fusca_cremoso.pdf</t>
   </si>
   <si>
     <t>O Vereador Fabiano Bruno Rezende da Silva que esta subscreve, nos termos regimentais, vem respeitosamente apresentar à apreciação do Plenário a presente MOÇÃO DE APLAUSOS, nos seguintes termos: A Câmara Municipal de Pequeri, por meio de seus representantes legais, apresenta a presente Moção de Aplausos à Sra. Vandreia de Souza Oliveira Calegario e ao Sr. João Carlos de Oliveira Calegario, em reconhecimento pela exemplar iniciativa, dedicação e empenho na organização e realização da 4ª edição do Evento "Encontro de Fuscas e Carros Antigos - Amigos do Fusca Cremosos" em Pequeri.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>Sandro Lopes Sevaroli</t>
-[...2 lines deleted...]
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/123/mocao_de_aplausos_n7_-_homenagem_a_joao_gabriel_pinheiro_e_toda_equipe_do_haras_trimonte.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/123/mocao_de_aplausos_n7_-_homenagem_a_joao_gabriel_pinheiro_e_toda_equipe_do_haras_trimonte.pdf</t>
   </si>
   <si>
     <t>O Vereador Sandro Lopes Sevaroli que esta subscreve, nos termos do Regimento Interno desta Casa Legislativa, apresenta a apreciação do Plenário a presente MOÇÃO DE APLAUSOS. A Câmara Municipal de Pequeri, por meio de seus representantes legais, apresenta a presente Moção de Aplausos à João Gabriel Pinheiro e toda Equipe do Haras Trimonte pela relevante apresentação junto ao animal "Égua Jocasta II Elfar", onde se consagraram Campeões Nacionais: Égua Júnior Maior e 6° Melhor Égua de Morfologia do Brasil, na 42° Exposição Nacional do Cavalo Mangalarga Marchador, que ocorreu entre 19 de julho a 02 de agosto de 2025, no Parque da Gameleira, em Belo Horizonte, Minas Gerais.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/124/mocao_de_aplausos_n8_-_homenagem_a_eduardo_rodrigues_costa.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/124/mocao_de_aplausos_n8_-_homenagem_a_eduardo_rodrigues_costa.pdf</t>
   </si>
   <si>
     <t>O Vereador Pedro Paulo de Freitas Menezes que esta subscreve, nos termos do Regimento Interno desta Casa Legislativa, apresenta a apreciação do Plenário a presente MOÇÃO DE APLAUSOS. A Câmara Municipal de Pequeri, no uso de suas atribuições legais, vem por meio desta apresentar Moção de Aplausos ao senhor Eduardo Rodrigues Costa, em reconhecimento ao seu exemplar apoio à equipe de futebol de campo de Pequeri, especialmente durante a participação na Copa CIESP.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>MP</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/182/mocao_de_pesar_n1_-_nana_caymmi.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/182/mocao_de_pesar_n1_-_nana_caymmi.pdf</t>
   </si>
   <si>
     <t>É com profundo pesar que apresento, nos termos regimentais, esta Moção de Pesar pelo falecimento da cantora e compositora Nana Caymmi, ocorrido em 1º de maio de 2025, aos 84 anos de idade. Filha dos consagrados Dorival Caymmi e Stella Maris, Nana Caymmi foi uma das vozes mais emblemáticas da música brasileira, com marcante trajetória na MPB e contribuição artística inestimável ao país.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/183/mocao_de_pesar_n2_-_laerte_virgilio.pdf</t>
+    <t>http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/183/mocao_de_pesar_n2_-_laerte_virgilio.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Pequeri-MG, por iniciativa do Vereador Renê Da Silva Nassar, manifesta, por meio desta Moção, seu profundo_x000D_
 pesar pelo falecimento do senhor Laerte Virgílio, ocorrido no dia 14 de maio de 2025. O Sr. Laerte Virgílio foi um homem de princípios, cuja vida foi_x000D_
 pautada pela dedicação à família, ao trabalho e à comunidade. Pai amoroso, esposo dedicado e empresário visionário, destacou-se como fundador da Transportadora Lalupe, empresa que não apenas impulsionou o desenvolvimento local, mas também garantiu emprego e sustento a muitas famílias da região.</t>
-  </si>
-[...151 lines deleted...]
-referente a autuações sofridas em exercícios anteriores que menciona e dá outras providências</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1418,68 +1749,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/224/pl_n02.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/225/pl_n03_-_da_nome_a_logradouro_publico_calcadao_neca_franco.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/226/pl_n04_-_reparacao_de_danos_das_empresas_concessionarias_de_servicos_publicos_ou_privadas.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/227/pl_n05_-_campanha_permanente_-_criancao_nao_namora_nem_brincando.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/228/projeto_de_lei_n06.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/229/projeto_de_lei_7.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/230/projeto_de_lei_8.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/231/projeto_de_lei_9.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/232/projeto_de_lei_10.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/218/requerimento_n02_-_informacoes_sobre_as_cameras_de_seguranca_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/219/requerimento_n04_-_informacoes_sobre_os_lixos_e_limpezas_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/220/requerimento-n-07-informacoes-sobre-a-gestao-da-escola-waldomiro_2.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/221/requerimento-n-08-entrega-presencial-das-mocoes.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/222/requerimento-n09-informacoes-do-conselho-municipal-de-educacao.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/1/indicacao_n01_-_colocacao_de_poste_rua_prof._nair_tempone.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/2/indicacao_n02_-_colocacao_de_poste_na_rua_antonio_arminio_daniel.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/3/indicacao_n03_-_reparos_calcadas_e_redutor_de_velocidade_na_rua_boanerges_dutra_de_morais.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/4/indicacao_n04_-_manutencao_na_rua_silvino_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/5/indicacao_n05_-_quadra_de_areia_nova_pequeri.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/6/indicacao_n06_-_retiradas_de_entulhos_no_juquinha_de_castro.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/7/indicacao_n07_-_cursinho_preparatorio_enem.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/8/indicacao_n08_-_janeiro_roxo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/9/indicacao_n09_-_colocacao_de_latoes_de_lixo_e_a_limpeza_da_rua_faride_batista_amaral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/10/indicacao_n10_-_iluminacao_nas_ruas_jose_alcides_de_carvalho_e_na_purificacao_marques_arantes.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/11/indicacao_n11_-_insalubridade_para_os_agentes_de_saude.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/12/indicacao_n12_-_melhorias_da_estrada_pequeri_x_sarandira.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/13/indicacao_n13_-_casa_de_passeio_para_cachorros_abandonados.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/14/indicacao_n14_-_redutor_de_velocidade_na_rua_dias_jr..pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/15/indicacao_n16_-manutencao_rua_sao_pedro.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/16/indicacao_n17_-_cobertura_creche_e_cobertura_complexo.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/17/indicacao_n18_-_redutor_de_velocidade_na_rua_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/18/indicacao_n19_-_limpeza_ribeirao.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/19/indicacao_n20_-_notificacao_para_donos_de_terrenos_baldios.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/20/indicacao_n21_-_gerador_de_energia_hospital.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/21/indicacao_n22_-_ventilador_capela_mortuaria.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/22/indicacao_n23_-_redutor_de_velocidade_creche.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/23/indicacao_n24_-_iluminacao_na_rua_prof._antonio_monteiro_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/24/indicacao_n25_-_reforma_no_campo.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/25/indicacao_n26_-_promocao_de_seguranca_saude_e_dignidade_urbana_na_rua_jose_alcides_de_carvalho.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/26/indicacao_n27_-_obrigatoriedade_e_no_minimo_5__na_contratacao_de_pessoas_com_mais_de_40_anos.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/27/indicacao_n28_-_destinacao_de_parte_dos_recursos_do_icms_esportivo_para_o_custeio_de_inscricoes_transporte_alimentacao_e_demais_despesas_de_atletas_.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/28/indicacao_n29_-_aquisicao_do_antigo_cine_alvorada.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/29/indicacao_n30_-_instalacao_de_corrimaos_no_poliesportivo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/30/indicacao_n31_-_troca_de_refletores_e_iluminacao_do_campo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/31/indicacao_n32_-_limpeza_e_melhoria_da_rua_da_igreja_matriz.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/32/indicacao_n33_-_implantacao_de_infraestrutura_no_ponto_de_taxi.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/33/indicacao_n34_-_aquisicao_de_um_novo_esterilizador_de_pratos_e_talheres_para_as_escolas_.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/34/indicacao_n35_-_solicita_a_revitalizacao_das_placas_de_identificacao_de_ruas_no_bairro_nova_pequeri..pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/35/indicacao_n36_-_que_seja_providenciada_a_instalacao_de_um_corrimao_na_escadaria_da_cachoeirinha_e_que_coloque_cimento_no_lugar_do_chao_de_barro_ao_fim_da_escada_na_parte_de_cima..pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/36/indicacao_n37_-_solicita-se_a_realizacao_de_melhorias_na_iluminacao_publica_e_no_calcamento_no_trecho_final_da_rua_augusto_cortes..pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/37/indicacao_no_38_-_entrega_da_medalha_antero_dutra_a_sra._gioconda_vanni.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/38/indicacao_n39_-_solicita-se_melhorias_na_rua_23_de_maio_no_bairro_sao_pedro.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/39/indicacao_n_40_-_instalacao_de_cobertura_na_quadra_de_areia_do_complexo_esportivo_moacir_favero.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/40/indicacao_n41_-__construcao_de_uma_calcada_publica_em_toda_a_rua_professora_nair_temponi.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/41/indicacao_n_42.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/42/indicacao_n_43.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/43/indicacao_n_44.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/44/indicacao_n_45.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/274/projeto_de_resolucao_n01_-_institui_no_ambito_da_camara_municipal_de_pequeri_a_camara_online_e_da_outras_providencias_.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/275/projeto_de_resolucao_n02_-_dispoe_sobre_a_autorizacao_para_participacao_no_parlamento_jovem_da_assembleia_legislativa_e_da_outras_providencias_.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/276/projeto_de_resolucao_n03_-_institui_a_camara_mirim_no_municipio_de_pequeri_e_estabelece_normas_para_seu_funcionamento.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/277/projeto_de_resolucao_n04_-_institui_o_programa_camara_itinerante_no_municipio_de_pequeri.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/278/projeto_de_resolucao_n05_-_fixa_normas_de_uso_do_veiculo_oficial_da_camara_municipal_de_pequeri_e_da_outras_providencias_.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/279/projeto_de_resolucao_n06_-_institui_o_codigo_de_etica_e_decoro_parlamentar_.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/280/projeto_de_resolucao_n07_-_institui_as_visitas_guiadas_para_estudantes_no_ambito_da_na_camara_municipal_de_pequeri_e_da_outras_providencias_.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/281/projeto_de_resolucao_n08_.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/282/projeto_de_resolucao_n10.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/283/prop_112025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/284/projeto_de_resolucao_n12.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/285/projeto_de_resolucao_n13.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/286/projeto_de_resolucao_n14.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/223/projeto_de_lei_complementar_n01_-_cargos_e_atribuicoes.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/117/mocao_de_aplausos_n01_-_atleta_danilo.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/118/mocao_de_aplausos_n02_-_equipe_de_esportes_torneio_bt.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/119/mocao_de_aplausos_n03_-_associacao_remer.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/120/mocao_de_aplausos_n04_-_equipe_de_esportes_-_volei.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/121/mocao_de_aplausos_n05_-_diretoria_e_membros_da_oab_de_bicas.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/122/mocao_de_aplausos_n06_-_evento_fusca_cremoso.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/123/mocao_de_aplausos_n7_-_homenagem_a_joao_gabriel_pinheiro_e_toda_equipe_do_haras_trimonte.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/124/mocao_de_aplausos_n8_-_homenagem_a_eduardo_rodrigues_costa.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/182/mocao_de_pesar_n1_-_nana_caymmi.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/183/mocao_de_pesar_n2_-_laerte_virgilio.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/233/projeto_de_lei_n01_-_dispoe_sobre_concessao_a_revisao_geral_anual_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/234/projeto_de_lei_n02_-_dispoe_sobre_a_abertura_de_credito_especial_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/235/projet1.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/236/projet1.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/237/projeto_de_lei_n05_-_dispoe_sobre_a_abertura_de_credito_especial_e_da_outras_providencias._esportes.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/238/projet1.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/239/projeto_de_lei_n07_-_dispoe_sobre_a_abertura_de_credito_especial_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/240/projet1.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/241/projet1.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/242/projeto_de_lei_n10_-_dispoe_sobre_a_alteracao_da_lei_municipal_1.126_2009_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/243/projeto_de_lei_n11_-_dispoe_sobre_a_abertura_e_credito_especial_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/244/projet1.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/245/projet1.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/246/projet1.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/247/projeto_de_lei_n15_-_dispoe_sobre_a_abertura_e_credito_especial_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/249/17_-_projeto_de_lei_-_autoriza_pagamento_de_multa_ambiental_1.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/224/pl_n02.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/225/pl_n03_-_da_nome_a_logradouro_publico_calcadao_neca_franco.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/226/pl_n04_-_reparacao_de_danos_das_empresas_concessionarias_de_servicos_publicos_ou_privadas.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/227/pl_n05_-_campanha_permanente_-_criancao_nao_namora_nem_brincando.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/228/projeto_de_lei_n06.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/229/projeto_de_lei_7.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/230/projeto_de_lei_8.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/231/projeto_de_lei_9.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/232/projeto_de_lei_10.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/233/projeto_de_lei_n01_-_dispoe_sobre_concessao_a_revisao_geral_anual_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/234/projeto_de_lei_n02_-_dispoe_sobre_a_abertura_de_credito_especial_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/235/projet1.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/236/projet1.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/237/projeto_de_lei_n05_-_dispoe_sobre_a_abertura_de_credito_especial_e_da_outras_providencias._esportes.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/238/projet1.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/239/projeto_de_lei_n07_-_dispoe_sobre_a_abertura_de_credito_especial_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/240/projet1.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/241/projet1.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/242/projeto_de_lei_n10_-_dispoe_sobre_a_alteracao_da_lei_municipal_1.126_2009_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/243/projeto_de_lei_n11_-_dispoe_sobre_a_abertura_e_credito_especial_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/244/projet1.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/245/projet1.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/246/projet1.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/247/projeto_de_lei_n15_-_dispoe_sobre_a_abertura_e_credito_especial_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/249/17_-_projeto_de_lei_-_autoriza_pagamento_de_multa_ambiental_1.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/357/proj_1856.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/358/proj_1982.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/359/proj_2420.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/360/proj_2454.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/372/proj_2535.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/373/proj_2539.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/361/proj_2813.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/371/proj_3254.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/374/proj_3421.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/375/proj_3423.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/223/projeto_de_lei_complementar_n01_-_cargos_e_atribuicoes.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/362/emenda_impositiva_1.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/363/emenda_impositiva_no_2_2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/364/emenda_impositiva_no_3_2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/365/emenda_impositiva_no_4_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/366/emenda_impositiva_no_5_2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/367/emenda_impositiva_no_6_2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/368/emenda_impositiva_no_7_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/369/emenda_impositiva_no_8_2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/370/emenda_impositiva_no_9_2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/290/projeto_de_decreto_n01_-_percentual_maximo_para_a_contratacao_de_operacoes_de_credito.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/291/prop_22025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/292/prop_32025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/274/projeto_de_resolucao_n01_-_institui_no_ambito_da_camara_municipal_de_pequeri_a_camara_online_e_da_outras_providencias_.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/275/projeto_de_resolucao_n02_-_dispoe_sobre_a_autorizacao_para_participacao_no_parlamento_jovem_da_assembleia_legislativa_e_da_outras_providencias_.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/276/projeto_de_resolucao_n03_-_institui_a_camara_mirim_no_municipio_de_pequeri_e_estabelece_normas_para_seu_funcionamento.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/277/projeto_de_resolucao_n04_-_institui_o_programa_camara_itinerante_no_municipio_de_pequeri.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/278/projeto_de_resolucao_n05_-_fixa_normas_de_uso_do_veiculo_oficial_da_camara_municipal_de_pequeri_e_da_outras_providencias_.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/279/projeto_de_resolucao_n06_-_institui_o_codigo_de_etica_e_decoro_parlamentar_.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/280/projeto_de_resolucao_n07_-_institui_as_visitas_guiadas_para_estudantes_no_ambito_da_na_camara_municipal_de_pequeri_e_da_outras_providencias_.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/281/projeto_de_resolucao_n08_.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/282/projeto_de_resolucao_n10.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/283/prop_112025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/284/projeto_de_resolucao_n12.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/285/projeto_de_resolucao_n13.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/286/projeto_de_resolucao_n14.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/218/requerimento_n02_-_informacoes_sobre_as_cameras_de_seguranca_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/219/requerimento_n04_-_informacoes_sobre_os_lixos_e_limpezas_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/220/requerimento-n-07-informacoes-sobre-a-gestao-da-escola-waldomiro_2.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/221/requerimento-n-08-entrega-presencial-das-mocoes.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/222/requerimento-n09-informacoes-do-conselho-municipal-de-educacao.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/1/indicacao_n01_-_colocacao_de_poste_rua_prof._nair_tempone.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/2/indicacao_n02_-_colocacao_de_poste_na_rua_antonio_arminio_daniel.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/3/indicacao_n03_-_reparos_calcadas_e_redutor_de_velocidade_na_rua_boanerges_dutra_de_morais.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/4/indicacao_n04_-_manutencao_na_rua_silvino_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/5/indicacao_n05_-_quadra_de_areia_nova_pequeri.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/6/indicacao_n06_-_retiradas_de_entulhos_no_juquinha_de_castro.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/7/indicacao_n07_-_cursinho_preparatorio_enem.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/8/indicacao_n08_-_janeiro_roxo.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/9/indicacao_n09_-_colocacao_de_latoes_de_lixo_e_a_limpeza_da_rua_faride_batista_amaral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/10/indicacao_n10_-_iluminacao_nas_ruas_jose_alcides_de_carvalho_e_na_purificacao_marques_arantes.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/11/indicacao_n11_-_insalubridade_para_os_agentes_de_saude.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/12/indicacao_n12_-_melhorias_da_estrada_pequeri_x_sarandira.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/13/indicacao_n13_-_casa_de_passeio_para_cachorros_abandonados.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/14/indicacao_n14_-_redutor_de_velocidade_na_rua_dias_jr..pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/15/indicacao_n16_-manutencao_rua_sao_pedro.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/16/indicacao_n17_-_cobertura_creche_e_cobertura_complexo.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/17/indicacao_n18_-_redutor_de_velocidade_na_rua_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/18/indicacao_n19_-_limpeza_ribeirao.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/19/indicacao_n20_-_notificacao_para_donos_de_terrenos_baldios.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/20/indicacao_n21_-_gerador_de_energia_hospital.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/21/indicacao_n22_-_ventilador_capela_mortuaria.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/22/indicacao_n23_-_redutor_de_velocidade_creche.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/23/indicacao_n24_-_iluminacao_na_rua_prof._antonio_monteiro_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/24/indicacao_n25_-_reforma_no_campo.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/25/indicacao_n26_-_promocao_de_seguranca_saude_e_dignidade_urbana_na_rua_jose_alcides_de_carvalho.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/26/indicacao_n27_-_obrigatoriedade_e_no_minimo_5__na_contratacao_de_pessoas_com_mais_de_40_anos.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/27/indicacao_n28_-_destinacao_de_parte_dos_recursos_do_icms_esportivo_para_o_custeio_de_inscricoes_transporte_alimentacao_e_demais_despesas_de_atletas_.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/28/indicacao_n29_-_aquisicao_do_antigo_cine_alvorada.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/29/indicacao_n30_-_instalacao_de_corrimaos_no_poliesportivo.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/30/indicacao_n31_-_troca_de_refletores_e_iluminacao_do_campo.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/31/indicacao_n32_-_limpeza_e_melhoria_da_rua_da_igreja_matriz.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/32/indicacao_n33_-_implantacao_de_infraestrutura_no_ponto_de_taxi.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/33/indicacao_n34_-_aquisicao_de_um_novo_esterilizador_de_pratos_e_talheres_para_as_escolas_.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/34/indicacao_n35_-_solicita_a_revitalizacao_das_placas_de_identificacao_de_ruas_no_bairro_nova_pequeri..pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/35/indicacao_n36_-_que_seja_providenciada_a_instalacao_de_um_corrimao_na_escadaria_da_cachoeirinha_e_que_coloque_cimento_no_lugar_do_chao_de_barro_ao_fim_da_escada_na_parte_de_cima..pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/36/indicacao_n37_-_solicita-se_a_realizacao_de_melhorias_na_iluminacao_publica_e_no_calcamento_no_trecho_final_da_rua_augusto_cortes..pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/37/indicacao_no_38_-_entrega_da_medalha_antero_dutra_a_sra._gioconda_vanni.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/38/indicacao_n39_-_solicita-se_melhorias_na_rua_23_de_maio_no_bairro_sao_pedro.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/39/indicacao_n_40_-_instalacao_de_cobertura_na_quadra_de_areia_do_complexo_esportivo_moacir_favero.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/40/indicacao_n41_-__construcao_de_uma_calcada_publica_em_toda_a_rua_professora_nair_temponi.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/41/indicacao_n_42.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/42/indicacao_n_43.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/43/indicacao_n_44.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/44/indicacao_n_45.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/287/indicacao_n_46.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/288/indicacao_n_47.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/289/indicacao_n_48.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/117/mocao_de_aplausos_n01_-_atleta_danilo.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/118/mocao_de_aplausos_n02_-_equipe_de_esportes_torneio_bt.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/119/mocao_de_aplausos_n03_-_associacao_remer.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/120/mocao_de_aplausos_n04_-_equipe_de_esportes_-_volei.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/121/mocao_de_aplausos_n05_-_diretoria_e_membros_da_oab_de_bicas.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/122/mocao_de_aplausos_n06_-_evento_fusca_cremoso.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/123/mocao_de_aplausos_n7_-_homenagem_a_joao_gabriel_pinheiro_e_toda_equipe_do_haras_trimonte.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/124/mocao_de_aplausos_n8_-_homenagem_a_eduardo_rodrigues_costa.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/182/mocao_de_pesar_n1_-_nana_caymmi.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pequeri.mg.leg.br/media/sapl/public/materialegislativa/2025/183/mocao_de_pesar_n2_-_laerte_virgilio.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H100"/>
+  <dimension ref="A1:H125"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="29.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="250.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="202.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="249.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -1704,2380 +2035,3030 @@
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>12</v>
       </c>
       <c r="F10" t="s">
         <v>22</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H10" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>49</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="D11" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E11" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F11" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H11" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E12" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F12" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="H12" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="D13" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E13" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F13" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="H13" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="D14" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="H14" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="D15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="H15" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>67</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>67</v>
+        <v>30</v>
       </c>
       <c r="D16" t="s">
+        <v>51</v>
+      </c>
+      <c r="E16" t="s">
+        <v>52</v>
+      </c>
+      <c r="F16" t="s">
+        <v>53</v>
+      </c>
+      <c r="G16" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="E16" t="s">
+      <c r="H16" t="s">
         <v>69</v>
-      </c>
-[...7 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>10</v>
+        <v>70</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D17" t="s">
-        <v>68</v>
+        <v>51</v>
       </c>
       <c r="E17" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="F17" t="s">
-        <v>70</v>
+        <v>53</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="H17" t="s">
-        <v>74</v>
+        <v>58</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>17</v>
+        <v>72</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="D18" t="s">
-        <v>68</v>
+        <v>51</v>
       </c>
       <c r="E18" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="F18" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="H18" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>21</v>
+        <v>75</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="D19" t="s">
-        <v>68</v>
+        <v>51</v>
       </c>
       <c r="E19" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="F19" t="s">
-        <v>70</v>
+        <v>53</v>
       </c>
       <c r="G19" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H19" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>26</v>
+        <v>78</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>26</v>
+        <v>46</v>
       </c>
       <c r="D20" t="s">
-        <v>68</v>
+        <v>51</v>
       </c>
       <c r="E20" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="F20" t="s">
-        <v>70</v>
+        <v>53</v>
       </c>
       <c r="G20" s="1" t="s">
         <v>79</v>
       </c>
       <c r="H20" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>30</v>
+        <v>81</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>30</v>
+        <v>82</v>
       </c>
       <c r="D21" t="s">
-        <v>68</v>
+        <v>51</v>
       </c>
       <c r="E21" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="F21" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="H21" t="s">
-        <v>82</v>
+        <v>58</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>35</v>
+        <v>84</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>35</v>
+        <v>85</v>
       </c>
       <c r="D22" t="s">
-        <v>68</v>
+        <v>51</v>
       </c>
       <c r="E22" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="F22" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="H22" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>39</v>
+        <v>88</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>39</v>
+        <v>89</v>
       </c>
       <c r="D23" t="s">
-        <v>68</v>
+        <v>51</v>
       </c>
       <c r="E23" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="F23" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="H23" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>43</v>
+        <v>92</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>43</v>
+        <v>93</v>
       </c>
       <c r="D24" t="s">
-        <v>68</v>
+        <v>51</v>
       </c>
       <c r="E24" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="F24" t="s">
-        <v>70</v>
+        <v>53</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="H24" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>46</v>
+        <v>96</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="D25" t="s">
-        <v>68</v>
+        <v>51</v>
       </c>
       <c r="E25" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="F25" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="H25" t="s">
-        <v>90</v>
+        <v>58</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>91</v>
+        <v>99</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="D26" t="s">
-        <v>68</v>
+        <v>51</v>
       </c>
       <c r="E26" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="F26" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="H26" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="D27" t="s">
-        <v>68</v>
+        <v>51</v>
       </c>
       <c r="E27" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="F27" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="H27" t="s">
-        <v>96</v>
+        <v>106</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>97</v>
+        <v>107</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>97</v>
+        <v>108</v>
       </c>
       <c r="D28" t="s">
-        <v>68</v>
+        <v>51</v>
       </c>
       <c r="E28" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="F28" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="H28" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>100</v>
+        <v>111</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>100</v>
+        <v>112</v>
       </c>
       <c r="D29" t="s">
-        <v>68</v>
+        <v>51</v>
       </c>
       <c r="E29" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="F29" t="s">
-        <v>70</v>
+        <v>53</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>101</v>
+        <v>113</v>
       </c>
       <c r="H29" t="s">
-        <v>102</v>
+        <v>114</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>103</v>
+        <v>115</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>104</v>
+        <v>116</v>
       </c>
       <c r="D30" t="s">
-        <v>68</v>
+        <v>51</v>
       </c>
       <c r="E30" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="F30" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>105</v>
+        <v>117</v>
       </c>
       <c r="H30" t="s">
-        <v>106</v>
+        <v>118</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>104</v>
+        <v>119</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>107</v>
+        <v>120</v>
       </c>
       <c r="D31" t="s">
-        <v>68</v>
+        <v>51</v>
       </c>
       <c r="E31" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="F31" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>108</v>
+        <v>121</v>
       </c>
       <c r="H31" t="s">
-        <v>109</v>
+        <v>122</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>107</v>
+        <v>123</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>110</v>
+        <v>124</v>
       </c>
       <c r="D32" t="s">
-        <v>68</v>
+        <v>51</v>
       </c>
       <c r="E32" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="F32" t="s">
-        <v>70</v>
+        <v>53</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>111</v>
+        <v>125</v>
       </c>
       <c r="H32" t="s">
-        <v>112</v>
+        <v>126</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>110</v>
+        <v>127</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>113</v>
+        <v>128</v>
       </c>
       <c r="D33" t="s">
-        <v>68</v>
+        <v>51</v>
       </c>
       <c r="E33" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="F33" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>114</v>
+        <v>129</v>
       </c>
       <c r="H33" t="s">
-        <v>115</v>
+        <v>130</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>113</v>
+        <v>131</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>116</v>
+        <v>132</v>
       </c>
       <c r="D34" t="s">
-        <v>68</v>
+        <v>51</v>
       </c>
       <c r="E34" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="F34" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>117</v>
+        <v>133</v>
       </c>
       <c r="H34" t="s">
-        <v>118</v>
+        <v>134</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>116</v>
+        <v>135</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>119</v>
+        <v>136</v>
       </c>
       <c r="D35" t="s">
-        <v>68</v>
+        <v>51</v>
       </c>
       <c r="E35" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="F35" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>120</v>
+        <v>137</v>
       </c>
       <c r="H35" t="s">
-        <v>121</v>
+        <v>138</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>119</v>
+        <v>139</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>122</v>
+        <v>140</v>
       </c>
       <c r="D36" t="s">
-        <v>68</v>
+        <v>51</v>
       </c>
       <c r="E36" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="F36" t="s">
-        <v>70</v>
+        <v>53</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>123</v>
+        <v>141</v>
       </c>
       <c r="H36" t="s">
-        <v>124</v>
+        <v>142</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>125</v>
+        <v>144</v>
       </c>
       <c r="D37" t="s">
-        <v>68</v>
+        <v>51</v>
       </c>
       <c r="E37" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="F37" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>126</v>
+        <v>145</v>
       </c>
       <c r="H37" t="s">
-        <v>127</v>
+        <v>146</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>125</v>
+        <v>147</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>128</v>
+        <v>50</v>
       </c>
       <c r="D38" t="s">
-        <v>68</v>
+        <v>148</v>
       </c>
       <c r="E38" t="s">
-        <v>69</v>
+        <v>149</v>
       </c>
       <c r="F38" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>129</v>
+        <v>150</v>
       </c>
       <c r="H38" t="s">
-        <v>130</v>
+        <v>151</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>128</v>
+        <v>152</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>131</v>
+        <v>50</v>
       </c>
       <c r="D39" t="s">
-        <v>68</v>
+        <v>153</v>
       </c>
       <c r="E39" t="s">
-        <v>69</v>
+        <v>154</v>
       </c>
       <c r="F39" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>132</v>
+        <v>155</v>
       </c>
       <c r="H39" t="s">
-        <v>133</v>
+        <v>156</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>131</v>
+        <v>157</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>134</v>
+        <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>68</v>
+        <v>153</v>
       </c>
       <c r="E40" t="s">
-        <v>69</v>
+        <v>154</v>
       </c>
       <c r="F40" t="s">
-        <v>52</v>
+        <v>158</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>135</v>
+        <v>159</v>
       </c>
       <c r="H40" t="s">
-        <v>136</v>
+        <v>160</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>134</v>
+        <v>161</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>137</v>
+        <v>17</v>
       </c>
       <c r="D41" t="s">
-        <v>68</v>
+        <v>153</v>
       </c>
       <c r="E41" t="s">
-        <v>69</v>
+        <v>154</v>
       </c>
       <c r="F41" t="s">
-        <v>52</v>
+        <v>162</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>138</v>
+        <v>163</v>
       </c>
       <c r="H41" t="s">
-        <v>139</v>
+        <v>164</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>137</v>
+        <v>165</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>140</v>
+        <v>21</v>
       </c>
       <c r="D42" t="s">
-        <v>68</v>
+        <v>153</v>
       </c>
       <c r="E42" t="s">
-        <v>69</v>
+        <v>154</v>
       </c>
       <c r="F42" t="s">
-        <v>52</v>
+        <v>166</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>141</v>
+        <v>167</v>
       </c>
       <c r="H42" t="s">
-        <v>142</v>
+        <v>168</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>140</v>
+        <v>169</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>143</v>
+        <v>26</v>
       </c>
       <c r="D43" t="s">
-        <v>68</v>
+        <v>153</v>
       </c>
       <c r="E43" t="s">
-        <v>69</v>
+        <v>154</v>
       </c>
       <c r="F43" t="s">
-        <v>52</v>
+        <v>170</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>144</v>
+        <v>171</v>
       </c>
       <c r="H43" t="s">
-        <v>145</v>
+        <v>172</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>143</v>
+        <v>173</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>146</v>
+        <v>30</v>
       </c>
       <c r="D44" t="s">
-        <v>68</v>
+        <v>153</v>
       </c>
       <c r="E44" t="s">
-        <v>69</v>
+        <v>154</v>
       </c>
       <c r="F44" t="s">
-        <v>52</v>
+        <v>31</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="H44" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>146</v>
+        <v>176</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>149</v>
+        <v>35</v>
       </c>
       <c r="D45" t="s">
-        <v>68</v>
+        <v>153</v>
       </c>
       <c r="E45" t="s">
-        <v>69</v>
+        <v>154</v>
       </c>
       <c r="F45" t="s">
-        <v>70</v>
+        <v>13</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>150</v>
+        <v>177</v>
       </c>
       <c r="H45" t="s">
-        <v>151</v>
+        <v>178</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>149</v>
+        <v>179</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>152</v>
+        <v>39</v>
       </c>
       <c r="D46" t="s">
-        <v>68</v>
+        <v>153</v>
       </c>
       <c r="E46" t="s">
-        <v>69</v>
+        <v>154</v>
       </c>
       <c r="F46" t="s">
-        <v>70</v>
+        <v>180</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>153</v>
+        <v>181</v>
       </c>
       <c r="H46" t="s">
-        <v>154</v>
+        <v>182</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>152</v>
+        <v>183</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>155</v>
+        <v>43</v>
       </c>
       <c r="D47" t="s">
-        <v>68</v>
+        <v>153</v>
       </c>
       <c r="E47" t="s">
-        <v>69</v>
+        <v>154</v>
       </c>
       <c r="F47" t="s">
-        <v>156</v>
+        <v>184</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
       <c r="H47" t="s">
-        <v>158</v>
+        <v>186</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>155</v>
+        <v>187</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>159</v>
+        <v>50</v>
       </c>
       <c r="D48" t="s">
-        <v>68</v>
+        <v>188</v>
       </c>
       <c r="E48" t="s">
-        <v>69</v>
+        <v>189</v>
       </c>
       <c r="F48" t="s">
-        <v>52</v>
+        <v>190</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>160</v>
+        <v>191</v>
       </c>
       <c r="H48" t="s">
-        <v>161</v>
+        <v>192</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>159</v>
+        <v>193</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>162</v>
+        <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>68</v>
+        <v>188</v>
       </c>
       <c r="E49" t="s">
-        <v>69</v>
+        <v>189</v>
       </c>
       <c r="F49" t="s">
-        <v>163</v>
+        <v>194</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>164</v>
+        <v>195</v>
       </c>
       <c r="H49" t="s">
-        <v>165</v>
+        <v>196</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>162</v>
+        <v>197</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>166</v>
+        <v>17</v>
       </c>
       <c r="D50" t="s">
-        <v>68</v>
+        <v>188</v>
       </c>
       <c r="E50" t="s">
-        <v>69</v>
+        <v>189</v>
       </c>
       <c r="F50" t="s">
-        <v>70</v>
+        <v>194</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>167</v>
+        <v>198</v>
       </c>
       <c r="H50" t="s">
-        <v>168</v>
+        <v>199</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>166</v>
+        <v>200</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>169</v>
+        <v>50</v>
       </c>
       <c r="D51" t="s">
-        <v>68</v>
+        <v>201</v>
       </c>
       <c r="E51" t="s">
-        <v>69</v>
+        <v>202</v>
       </c>
       <c r="F51" t="s">
-        <v>31</v>
+        <v>190</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>170</v>
+        <v>203</v>
       </c>
       <c r="H51" t="s">
-        <v>171</v>
+        <v>204</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>169</v>
+        <v>205</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>172</v>
+        <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>68</v>
+        <v>201</v>
       </c>
       <c r="E52" t="s">
-        <v>69</v>
+        <v>202</v>
       </c>
       <c r="F52" t="s">
-        <v>52</v>
+        <v>190</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>173</v>
+        <v>206</v>
       </c>
       <c r="H52" t="s">
-        <v>174</v>
+        <v>207</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>172</v>
+        <v>208</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>175</v>
+        <v>17</v>
       </c>
       <c r="D53" t="s">
-        <v>68</v>
+        <v>201</v>
       </c>
       <c r="E53" t="s">
-        <v>69</v>
+        <v>202</v>
       </c>
       <c r="F53" t="s">
-        <v>13</v>
+        <v>190</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>176</v>
+        <v>209</v>
       </c>
       <c r="H53" t="s">
-        <v>177</v>
+        <v>210</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>175</v>
+        <v>211</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>178</v>
+        <v>21</v>
       </c>
       <c r="D54" t="s">
-        <v>68</v>
+        <v>201</v>
       </c>
       <c r="E54" t="s">
-        <v>69</v>
+        <v>202</v>
       </c>
       <c r="F54" t="s">
-        <v>13</v>
+        <v>190</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>179</v>
+        <v>212</v>
       </c>
       <c r="H54" t="s">
-        <v>180</v>
+        <v>213</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>178</v>
+        <v>214</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>181</v>
+        <v>26</v>
       </c>
       <c r="D55" t="s">
-        <v>68</v>
+        <v>201</v>
       </c>
       <c r="E55" t="s">
-        <v>69</v>
+        <v>202</v>
       </c>
       <c r="F55" t="s">
-        <v>31</v>
+        <v>190</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>182</v>
+        <v>215</v>
       </c>
       <c r="H55" t="s">
-        <v>183</v>
+        <v>216</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>184</v>
+        <v>30</v>
       </c>
       <c r="D56" t="s">
-        <v>68</v>
+        <v>201</v>
       </c>
       <c r="E56" t="s">
-        <v>69</v>
+        <v>202</v>
       </c>
       <c r="F56" t="s">
-        <v>13</v>
+        <v>190</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>185</v>
+        <v>218</v>
       </c>
       <c r="H56" t="s">
-        <v>186</v>
+        <v>219</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>184</v>
+        <v>220</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>187</v>
+        <v>35</v>
       </c>
       <c r="D57" t="s">
-        <v>68</v>
+        <v>201</v>
       </c>
       <c r="E57" t="s">
-        <v>69</v>
+        <v>202</v>
       </c>
       <c r="F57" t="s">
-        <v>13</v>
+        <v>190</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>188</v>
+        <v>221</v>
       </c>
       <c r="H57" t="s">
-        <v>189</v>
+        <v>222</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>187</v>
+        <v>223</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
+        <v>39</v>
+      </c>
+      <c r="D58" t="s">
+        <v>201</v>
+      </c>
+      <c r="E58" t="s">
+        <v>202</v>
+      </c>
+      <c r="F58" t="s">
         <v>190</v>
       </c>
-      <c r="D58" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G58" s="1" t="s">
-        <v>191</v>
+        <v>224</v>
       </c>
       <c r="H58" t="s">
-        <v>192</v>
+        <v>225</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
+        <v>226</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>46</v>
+      </c>
+      <c r="D59" t="s">
+        <v>201</v>
+      </c>
+      <c r="E59" t="s">
+        <v>202</v>
+      </c>
+      <c r="F59" t="s">
         <v>190</v>
       </c>
-      <c r="B59" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G59" s="1" t="s">
-        <v>194</v>
+        <v>227</v>
       </c>
       <c r="H59" t="s">
-        <v>195</v>
+        <v>228</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>196</v>
+        <v>229</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>67</v>
+        <v>82</v>
       </c>
       <c r="D60" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="E60" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="F60" t="s">
-        <v>199</v>
+        <v>190</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>200</v>
+        <v>230</v>
       </c>
       <c r="H60" t="s">
-        <v>201</v>
+        <v>231</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
+        <v>232</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>85</v>
+      </c>
+      <c r="D61" t="s">
+        <v>201</v>
+      </c>
+      <c r="E61" t="s">
         <v>202</v>
       </c>
-      <c r="B61" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F61" t="s">
-        <v>199</v>
+        <v>190</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>203</v>
+        <v>233</v>
       </c>
       <c r="H61" t="s">
-        <v>204</v>
+        <v>234</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>205</v>
+        <v>235</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>17</v>
+        <v>89</v>
       </c>
       <c r="D62" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="E62" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="F62" t="s">
-        <v>199</v>
+        <v>190</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>206</v>
+        <v>236</v>
       </c>
       <c r="H62" t="s">
-        <v>207</v>
+        <v>237</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>208</v>
+        <v>238</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>21</v>
+        <v>93</v>
       </c>
       <c r="D63" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="E63" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="F63" t="s">
-        <v>199</v>
+        <v>190</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>209</v>
+        <v>239</v>
       </c>
       <c r="H63" t="s">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>211</v>
+        <v>241</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>197</v>
+        <v>242</v>
       </c>
       <c r="E64" t="s">
-        <v>198</v>
+        <v>243</v>
       </c>
       <c r="F64" t="s">
-        <v>199</v>
+        <v>184</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>212</v>
+        <v>244</v>
       </c>
       <c r="H64" t="s">
-        <v>213</v>
+        <v>245</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>214</v>
+        <v>246</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="D65" t="s">
-        <v>197</v>
+        <v>242</v>
       </c>
       <c r="E65" t="s">
-        <v>198</v>
+        <v>243</v>
       </c>
       <c r="F65" t="s">
-        <v>199</v>
+        <v>184</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>215</v>
+        <v>247</v>
       </c>
       <c r="H65" t="s">
-        <v>216</v>
+        <v>248</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>217</v>
+        <v>249</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>35</v>
       </c>
       <c r="D66" t="s">
-        <v>197</v>
+        <v>242</v>
       </c>
       <c r="E66" t="s">
-        <v>198</v>
+        <v>243</v>
       </c>
       <c r="F66" t="s">
-        <v>199</v>
+        <v>184</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>218</v>
+        <v>250</v>
       </c>
       <c r="H66" t="s">
-        <v>219</v>
+        <v>251</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>220</v>
+        <v>252</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>39</v>
       </c>
       <c r="D67" t="s">
-        <v>197</v>
+        <v>242</v>
       </c>
       <c r="E67" t="s">
-        <v>198</v>
+        <v>243</v>
       </c>
       <c r="F67" t="s">
-        <v>199</v>
+        <v>184</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>221</v>
+        <v>253</v>
       </c>
       <c r="H67" t="s">
-        <v>222</v>
+        <v>254</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>223</v>
+        <v>255</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="D68" t="s">
-        <v>197</v>
+        <v>242</v>
       </c>
       <c r="E68" t="s">
-        <v>198</v>
+        <v>243</v>
       </c>
       <c r="F68" t="s">
-        <v>199</v>
+        <v>184</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>224</v>
+        <v>256</v>
       </c>
       <c r="H68" t="s">
-        <v>225</v>
+        <v>257</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>226</v>
+        <v>50</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>91</v>
+        <v>50</v>
       </c>
       <c r="D69" t="s">
-        <v>197</v>
+        <v>258</v>
       </c>
       <c r="E69" t="s">
-        <v>198</v>
+        <v>259</v>
       </c>
       <c r="F69" t="s">
-        <v>199</v>
+        <v>162</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>227</v>
+        <v>260</v>
       </c>
       <c r="H69" t="s">
-        <v>228</v>
+        <v>261</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>229</v>
+        <v>10</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>94</v>
+        <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>197</v>
+        <v>258</v>
       </c>
       <c r="E70" t="s">
-        <v>198</v>
+        <v>259</v>
       </c>
       <c r="F70" t="s">
-        <v>199</v>
+        <v>162</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>230</v>
+        <v>262</v>
       </c>
       <c r="H70" t="s">
-        <v>231</v>
+        <v>263</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>232</v>
+        <v>17</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>97</v>
+        <v>17</v>
       </c>
       <c r="D71" t="s">
-        <v>197</v>
+        <v>258</v>
       </c>
       <c r="E71" t="s">
-        <v>198</v>
+        <v>259</v>
       </c>
       <c r="F71" t="s">
-        <v>199</v>
+        <v>31</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>233</v>
+        <v>264</v>
       </c>
       <c r="H71" t="s">
-        <v>234</v>
+        <v>265</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>235</v>
+        <v>21</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>100</v>
+        <v>21</v>
       </c>
       <c r="D72" t="s">
-        <v>197</v>
+        <v>258</v>
       </c>
       <c r="E72" t="s">
-        <v>198</v>
+        <v>259</v>
       </c>
       <c r="F72" t="s">
-        <v>199</v>
+        <v>162</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>236</v>
+        <v>266</v>
       </c>
       <c r="H72" t="s">
-        <v>237</v>
+        <v>267</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>238</v>
+        <v>26</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>67</v>
+        <v>26</v>
       </c>
       <c r="D73" t="s">
-        <v>239</v>
+        <v>258</v>
       </c>
       <c r="E73" t="s">
-        <v>240</v>
+        <v>259</v>
       </c>
       <c r="F73" t="s">
-        <v>241</v>
+        <v>162</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>242</v>
+        <v>268</v>
       </c>
       <c r="H73" t="s">
-        <v>243</v>
+        <v>269</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>244</v>
+        <v>30</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>67</v>
+        <v>30</v>
       </c>
       <c r="D74" t="s">
-        <v>245</v>
+        <v>258</v>
       </c>
       <c r="E74" t="s">
-        <v>246</v>
+        <v>259</v>
       </c>
       <c r="F74" t="s">
-        <v>52</v>
+        <v>184</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>247</v>
+        <v>270</v>
       </c>
       <c r="H74" t="s">
-        <v>248</v>
+        <v>271</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>249</v>
+        <v>35</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D75" t="s">
-        <v>245</v>
+        <v>258</v>
       </c>
       <c r="E75" t="s">
-        <v>246</v>
+        <v>259</v>
       </c>
       <c r="F75" t="s">
-        <v>70</v>
+        <v>184</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>250</v>
+        <v>272</v>
       </c>
       <c r="H75" t="s">
-        <v>251</v>
+        <v>273</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>252</v>
+        <v>39</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="D76" t="s">
-        <v>245</v>
+        <v>258</v>
       </c>
       <c r="E76" t="s">
-        <v>246</v>
+        <v>259</v>
       </c>
       <c r="F76" t="s">
-        <v>52</v>
+        <v>184</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>253</v>
+        <v>274</v>
       </c>
       <c r="H76" t="s">
-        <v>254</v>
+        <v>275</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>255</v>
+        <v>43</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="D77" t="s">
-        <v>245</v>
+        <v>258</v>
       </c>
       <c r="E77" t="s">
-        <v>246</v>
+        <v>259</v>
       </c>
       <c r="F77" t="s">
-        <v>52</v>
+        <v>162</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="H77" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
+        <v>46</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>46</v>
+      </c>
+      <c r="D78" t="s">
         <v>258</v>
       </c>
-      <c r="B78" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E78" t="s">
-        <v>246</v>
+        <v>259</v>
       </c>
       <c r="F78" t="s">
-        <v>52</v>
+        <v>31</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>259</v>
+        <v>278</v>
       </c>
       <c r="H78" t="s">
-        <v>260</v>
+        <v>279</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>261</v>
+        <v>82</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>30</v>
+        <v>82</v>
       </c>
       <c r="D79" t="s">
-        <v>245</v>
+        <v>258</v>
       </c>
       <c r="E79" t="s">
-        <v>246</v>
+        <v>259</v>
       </c>
       <c r="F79" t="s">
         <v>31</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>262</v>
+        <v>280</v>
       </c>
       <c r="H79" t="s">
-        <v>263</v>
+        <v>281</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>264</v>
+        <v>85</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>35</v>
+        <v>85</v>
       </c>
       <c r="D80" t="s">
-        <v>245</v>
+        <v>258</v>
       </c>
       <c r="E80" t="s">
-        <v>246</v>
+        <v>259</v>
       </c>
       <c r="F80" t="s">
-        <v>265</v>
+        <v>31</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>266</v>
+        <v>282</v>
       </c>
       <c r="H80" t="s">
-        <v>267</v>
+        <v>283</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>268</v>
+        <v>89</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>39</v>
+        <v>89</v>
       </c>
       <c r="D81" t="s">
-        <v>245</v>
+        <v>258</v>
       </c>
       <c r="E81" t="s">
-        <v>246</v>
+        <v>259</v>
       </c>
       <c r="F81" t="s">
-        <v>70</v>
+        <v>184</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>269</v>
+        <v>284</v>
       </c>
       <c r="H81" t="s">
-        <v>270</v>
+        <v>285</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>271</v>
+        <v>93</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>67</v>
+        <v>93</v>
       </c>
       <c r="D82" t="s">
-        <v>272</v>
+        <v>258</v>
       </c>
       <c r="E82" t="s">
-        <v>273</v>
+        <v>259</v>
       </c>
       <c r="F82" t="s">
-        <v>52</v>
+        <v>162</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>274</v>
+        <v>286</v>
       </c>
       <c r="H82" t="s">
-        <v>275</v>
+        <v>287</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>276</v>
+        <v>97</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="D83" t="s">
-        <v>272</v>
+        <v>258</v>
       </c>
       <c r="E83" t="s">
-        <v>273</v>
+        <v>259</v>
       </c>
       <c r="F83" t="s">
-        <v>156</v>
+        <v>184</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>277</v>
+        <v>288</v>
       </c>
       <c r="H83" t="s">
-        <v>278</v>
+        <v>289</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>279</v>
+        <v>100</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>67</v>
+        <v>104</v>
       </c>
       <c r="D84" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="E84" t="s">
-        <v>281</v>
+        <v>259</v>
       </c>
       <c r="F84" t="s">
-        <v>241</v>
+        <v>184</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="H84" t="s">
-        <v>283</v>
+        <v>291</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>284</v>
+        <v>104</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>10</v>
+        <v>108</v>
       </c>
       <c r="D85" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="E85" t="s">
-        <v>281</v>
+        <v>259</v>
       </c>
       <c r="F85" t="s">
-        <v>241</v>
+        <v>162</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="H85" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>287</v>
+        <v>108</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>17</v>
+        <v>112</v>
       </c>
       <c r="D86" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="E86" t="s">
-        <v>281</v>
+        <v>259</v>
       </c>
       <c r="F86" t="s">
-        <v>241</v>
+        <v>184</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="H86" t="s">
-        <v>289</v>
+        <v>295</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>290</v>
+        <v>112</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>21</v>
+        <v>116</v>
       </c>
       <c r="D87" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="E87" t="s">
-        <v>281</v>
+        <v>259</v>
       </c>
       <c r="F87" t="s">
-        <v>241</v>
+        <v>184</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="H87" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>293</v>
+        <v>116</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>26</v>
+        <v>120</v>
       </c>
       <c r="D88" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="E88" t="s">
-        <v>281</v>
+        <v>259</v>
       </c>
       <c r="F88" t="s">
-        <v>241</v>
+        <v>13</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="H88" t="s">
-        <v>286</v>
+        <v>299</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>295</v>
+        <v>120</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>30</v>
+        <v>124</v>
       </c>
       <c r="D89" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="E89" t="s">
-        <v>281</v>
+        <v>259</v>
       </c>
       <c r="F89" t="s">
-        <v>241</v>
+        <v>162</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="H89" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>298</v>
+        <v>124</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>35</v>
+        <v>128</v>
       </c>
       <c r="D90" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="E90" t="s">
-        <v>281</v>
+        <v>259</v>
       </c>
       <c r="F90" t="s">
-        <v>241</v>
+        <v>31</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="H90" t="s">
-        <v>286</v>
+        <v>303</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>300</v>
+        <v>128</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>39</v>
+        <v>132</v>
       </c>
       <c r="D91" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="E91" t="s">
-        <v>281</v>
+        <v>259</v>
       </c>
       <c r="F91" t="s">
-        <v>241</v>
+        <v>184</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="H91" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>303</v>
+        <v>132</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>43</v>
+        <v>136</v>
       </c>
       <c r="D92" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="E92" t="s">
-        <v>281</v>
+        <v>259</v>
       </c>
       <c r="F92" t="s">
-        <v>241</v>
+        <v>31</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="H92" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>306</v>
+        <v>136</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>46</v>
+        <v>140</v>
       </c>
       <c r="D93" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="E93" t="s">
-        <v>281</v>
+        <v>259</v>
       </c>
       <c r="F93" t="s">
-        <v>241</v>
+        <v>184</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="H93" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>309</v>
+        <v>140</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>91</v>
+        <v>144</v>
       </c>
       <c r="D94" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="E94" t="s">
-        <v>281</v>
+        <v>259</v>
       </c>
       <c r="F94" t="s">
-        <v>241</v>
+        <v>184</v>
       </c>
       <c r="G94" s="1" t="s">
         <v>310</v>
       </c>
       <c r="H94" t="s">
-        <v>286</v>
+        <v>311</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>311</v>
+        <v>144</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>94</v>
+        <v>312</v>
       </c>
       <c r="D95" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="E95" t="s">
-        <v>281</v>
+        <v>259</v>
       </c>
       <c r="F95" t="s">
-        <v>241</v>
+        <v>184</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="H95" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>97</v>
+        <v>315</v>
       </c>
       <c r="D96" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="E96" t="s">
-        <v>281</v>
+        <v>259</v>
       </c>
       <c r="F96" t="s">
-        <v>241</v>
+        <v>184</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="H96" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>100</v>
+        <v>318</v>
       </c>
       <c r="D97" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="E97" t="s">
-        <v>281</v>
+        <v>259</v>
       </c>
       <c r="F97" t="s">
-        <v>241</v>
+        <v>184</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="H97" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>103</v>
+        <v>321</v>
       </c>
       <c r="D98" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="E98" t="s">
-        <v>281</v>
+        <v>259</v>
       </c>
       <c r="F98" t="s">
-        <v>241</v>
+        <v>162</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="H98" t="s">
-        <v>286</v>
+        <v>323</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>104</v>
+        <v>324</v>
       </c>
       <c r="D99" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="E99" t="s">
-        <v>281</v>
+        <v>259</v>
       </c>
       <c r="F99" t="s">
-        <v>241</v>
+        <v>162</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="H99" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>107</v>
+        <v>327</v>
       </c>
       <c r="D100" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="E100" t="s">
-        <v>281</v>
+        <v>259</v>
       </c>
       <c r="F100" t="s">
-        <v>241</v>
+        <v>166</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="H100" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
         <v>327</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>330</v>
+      </c>
+      <c r="D101" t="s">
+        <v>258</v>
+      </c>
+      <c r="E101" t="s">
+        <v>259</v>
+      </c>
+      <c r="F101" t="s">
+        <v>184</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="H101" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>330</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>333</v>
+      </c>
+      <c r="D102" t="s">
+        <v>258</v>
+      </c>
+      <c r="E102" t="s">
+        <v>259</v>
+      </c>
+      <c r="F102" t="s">
+        <v>158</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="H102" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103" t="s">
+        <v>333</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>336</v>
+      </c>
+      <c r="D103" t="s">
+        <v>258</v>
+      </c>
+      <c r="E103" t="s">
+        <v>259</v>
+      </c>
+      <c r="F103" t="s">
+        <v>162</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="H103" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="s">
+        <v>336</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>339</v>
+      </c>
+      <c r="D104" t="s">
+        <v>258</v>
+      </c>
+      <c r="E104" t="s">
+        <v>259</v>
+      </c>
+      <c r="F104" t="s">
+        <v>31</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="H104" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105" t="s">
+        <v>339</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>342</v>
+      </c>
+      <c r="D105" t="s">
+        <v>258</v>
+      </c>
+      <c r="E105" t="s">
+        <v>259</v>
+      </c>
+      <c r="F105" t="s">
+        <v>184</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="H105" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
+      <c r="A106" t="s">
+        <v>342</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>345</v>
+      </c>
+      <c r="D106" t="s">
+        <v>258</v>
+      </c>
+      <c r="E106" t="s">
+        <v>259</v>
+      </c>
+      <c r="F106" t="s">
+        <v>13</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="H106" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
+      <c r="A107" t="s">
+        <v>345</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>348</v>
+      </c>
+      <c r="D107" t="s">
+        <v>258</v>
+      </c>
+      <c r="E107" t="s">
+        <v>259</v>
+      </c>
+      <c r="F107" t="s">
+        <v>13</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="H107" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108" t="s">
+        <v>348</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>351</v>
+      </c>
+      <c r="D108" t="s">
+        <v>258</v>
+      </c>
+      <c r="E108" t="s">
+        <v>259</v>
+      </c>
+      <c r="F108" t="s">
+        <v>31</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="H108" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
+      <c r="A109" t="s">
+        <v>351</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>354</v>
+      </c>
+      <c r="D109" t="s">
+        <v>258</v>
+      </c>
+      <c r="E109" t="s">
+        <v>259</v>
+      </c>
+      <c r="F109" t="s">
+        <v>13</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H109" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110" t="s">
+        <v>354</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>357</v>
+      </c>
+      <c r="D110" t="s">
+        <v>258</v>
+      </c>
+      <c r="E110" t="s">
+        <v>259</v>
+      </c>
+      <c r="F110" t="s">
+        <v>13</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="H110" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8">
+      <c r="A111" t="s">
+        <v>357</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>360</v>
+      </c>
+      <c r="D111" t="s">
+        <v>258</v>
+      </c>
+      <c r="E111" t="s">
+        <v>259</v>
+      </c>
+      <c r="F111" t="s">
+        <v>13</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="H111" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8">
+      <c r="A112" t="s">
+        <v>360</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>363</v>
+      </c>
+      <c r="D112" t="s">
+        <v>258</v>
+      </c>
+      <c r="E112" t="s">
+        <v>259</v>
+      </c>
+      <c r="F112" t="s">
+        <v>13</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="H112" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113" t="s">
+        <v>366</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>367</v>
+      </c>
+      <c r="D113" t="s">
+        <v>258</v>
+      </c>
+      <c r="E113" t="s">
+        <v>259</v>
+      </c>
+      <c r="F113" t="s">
+        <v>31</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="H113" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
+      <c r="A114" t="s">
+        <v>370</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>371</v>
+      </c>
+      <c r="D114" t="s">
+        <v>258</v>
+      </c>
+      <c r="E114" t="s">
+        <v>259</v>
+      </c>
+      <c r="F114" t="s">
+        <v>31</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="H114" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115" t="s">
+        <v>374</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>375</v>
+      </c>
+      <c r="D115" t="s">
+        <v>258</v>
+      </c>
+      <c r="E115" t="s">
+        <v>259</v>
+      </c>
+      <c r="F115" t="s">
+        <v>162</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="H115" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8">
+      <c r="A116" t="s">
+        <v>378</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>50</v>
+      </c>
+      <c r="D116" t="s">
+        <v>379</v>
+      </c>
+      <c r="E116" t="s">
+        <v>380</v>
+      </c>
+      <c r="F116" t="s">
+        <v>184</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="H116" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8">
+      <c r="A117" t="s">
+        <v>383</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>10</v>
+      </c>
+      <c r="D117" t="s">
+        <v>379</v>
+      </c>
+      <c r="E117" t="s">
+        <v>380</v>
+      </c>
+      <c r="F117" t="s">
+        <v>162</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="H117" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8">
+      <c r="A118" t="s">
+        <v>386</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>17</v>
+      </c>
+      <c r="D118" t="s">
+        <v>379</v>
+      </c>
+      <c r="E118" t="s">
+        <v>380</v>
+      </c>
+      <c r="F118" t="s">
+        <v>184</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="H118" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8">
+      <c r="A119" t="s">
+        <v>389</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>21</v>
+      </c>
+      <c r="D119" t="s">
+        <v>379</v>
+      </c>
+      <c r="E119" t="s">
+        <v>380</v>
+      </c>
+      <c r="F119" t="s">
+        <v>184</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="H119" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8">
+      <c r="A120" t="s">
+        <v>392</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>26</v>
+      </c>
+      <c r="D120" t="s">
+        <v>379</v>
+      </c>
+      <c r="E120" t="s">
+        <v>380</v>
+      </c>
+      <c r="F120" t="s">
+        <v>184</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="H120" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="A121" t="s">
+        <v>395</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>30</v>
+      </c>
+      <c r="D121" t="s">
+        <v>379</v>
+      </c>
+      <c r="E121" t="s">
+        <v>380</v>
+      </c>
+      <c r="F121" t="s">
+        <v>31</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="H121" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122" t="s">
+        <v>398</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>35</v>
+      </c>
+      <c r="D122" t="s">
+        <v>379</v>
+      </c>
+      <c r="E122" t="s">
+        <v>380</v>
+      </c>
+      <c r="F122" t="s">
+        <v>180</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="H122" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" t="s">
+        <v>401</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>39</v>
+      </c>
+      <c r="D123" t="s">
+        <v>379</v>
+      </c>
+      <c r="E123" t="s">
+        <v>380</v>
+      </c>
+      <c r="F123" t="s">
+        <v>162</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="H123" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>404</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>50</v>
+      </c>
+      <c r="D124" t="s">
+        <v>405</v>
+      </c>
+      <c r="E124" t="s">
+        <v>406</v>
+      </c>
+      <c r="F124" t="s">
+        <v>184</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="H124" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" t="s">
+        <v>409</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>10</v>
+      </c>
+      <c r="D125" t="s">
+        <v>405</v>
+      </c>
+      <c r="E125" t="s">
+        <v>406</v>
+      </c>
+      <c r="F125" t="s">
+        <v>166</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="H125" t="s">
+        <v>411</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -4137,50 +5118,75 @@
     <hyperlink ref="G76" r:id="rId75"/>
     <hyperlink ref="G77" r:id="rId76"/>
     <hyperlink ref="G78" r:id="rId77"/>
     <hyperlink ref="G79" r:id="rId78"/>
     <hyperlink ref="G80" r:id="rId79"/>
     <hyperlink ref="G81" r:id="rId80"/>
     <hyperlink ref="G82" r:id="rId81"/>
     <hyperlink ref="G83" r:id="rId82"/>
     <hyperlink ref="G84" r:id="rId83"/>
     <hyperlink ref="G85" r:id="rId84"/>
     <hyperlink ref="G86" r:id="rId85"/>
     <hyperlink ref="G87" r:id="rId86"/>
     <hyperlink ref="G88" r:id="rId87"/>
     <hyperlink ref="G89" r:id="rId88"/>
     <hyperlink ref="G90" r:id="rId89"/>
     <hyperlink ref="G91" r:id="rId90"/>
     <hyperlink ref="G92" r:id="rId91"/>
     <hyperlink ref="G93" r:id="rId92"/>
     <hyperlink ref="G94" r:id="rId93"/>
     <hyperlink ref="G95" r:id="rId94"/>
     <hyperlink ref="G96" r:id="rId95"/>
     <hyperlink ref="G97" r:id="rId96"/>
     <hyperlink ref="G98" r:id="rId97"/>
     <hyperlink ref="G99" r:id="rId98"/>
     <hyperlink ref="G100" r:id="rId99"/>
+    <hyperlink ref="G101" r:id="rId100"/>
+    <hyperlink ref="G102" r:id="rId101"/>
+    <hyperlink ref="G103" r:id="rId102"/>
+    <hyperlink ref="G104" r:id="rId103"/>
+    <hyperlink ref="G105" r:id="rId104"/>
+    <hyperlink ref="G106" r:id="rId105"/>
+    <hyperlink ref="G107" r:id="rId106"/>
+    <hyperlink ref="G108" r:id="rId107"/>
+    <hyperlink ref="G109" r:id="rId108"/>
+    <hyperlink ref="G110" r:id="rId109"/>
+    <hyperlink ref="G111" r:id="rId110"/>
+    <hyperlink ref="G112" r:id="rId111"/>
+    <hyperlink ref="G113" r:id="rId112"/>
+    <hyperlink ref="G114" r:id="rId113"/>
+    <hyperlink ref="G115" r:id="rId114"/>
+    <hyperlink ref="G116" r:id="rId115"/>
+    <hyperlink ref="G117" r:id="rId116"/>
+    <hyperlink ref="G118" r:id="rId117"/>
+    <hyperlink ref="G119" r:id="rId118"/>
+    <hyperlink ref="G120" r:id="rId119"/>
+    <hyperlink ref="G121" r:id="rId120"/>
+    <hyperlink ref="G122" r:id="rId121"/>
+    <hyperlink ref="G123" r:id="rId122"/>
+    <hyperlink ref="G124" r:id="rId123"/>
+    <hyperlink ref="G125" r:id="rId124"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>